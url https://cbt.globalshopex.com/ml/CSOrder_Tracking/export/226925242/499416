--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1233,51 +1233,51 @@
       </c>
       <c r="C23">
         <v>499416</v>
       </c>
       <c r="D23">
         <v>226925242</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>47</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286231</v>
+        <v>70741253</v>
       </c>
       <c r="B24">
         <v>2.2692524249942E+14</v>
       </c>
       <c r="C24">
         <v>499416</v>
       </c>
       <c r="D24">
         <v>226925242</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24" t="s">
         <v>52</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1376,105 +1376,105 @@
       </c>
       <c r="C28">
         <v>499416</v>
       </c>
       <c r="D28">
         <v>226925242</v>
       </c>
       <c r="E28" t="s">
         <v>53</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28" t="s">
         <v>59</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70286233</v>
+        <v>70741259</v>
       </c>
       <c r="B29">
         <v>2.2692524249942E+14</v>
       </c>
       <c r="C29">
         <v>499416</v>
       </c>
       <c r="D29">
         <v>226925242</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29" t="s">
         <v>60</v>
       </c>
       <c r="G29" t="s">
         <v>61</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70286232</v>
+        <v>70741254</v>
       </c>
       <c r="B30">
         <v>2.2692524249942E+14</v>
       </c>
       <c r="C30">
         <v>499416</v>
       </c>
       <c r="D30">
         <v>226925242</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30" t="s">
         <v>62</v>
       </c>
       <c r="G30" t="s">
         <v>63</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70286234</v>
+        <v>70741260</v>
       </c>
       <c r="B31">
         <v>2.2692524249942E+14</v>
       </c>
       <c r="C31">
         <v>499416</v>
       </c>
       <c r="D31">
         <v>226925242</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31" t="s">
         <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>65</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>