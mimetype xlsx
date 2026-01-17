--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1120,51 +1120,51 @@
       </c>
       <c r="C19">
         <v>504725</v>
       </c>
       <c r="D19">
         <v>227944142</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>41</v>
       </c>
       <c r="G19" t="s">
         <v>43</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70285531</v>
+        <v>70740355</v>
       </c>
       <c r="B20">
         <v>2.2794414250472E+14</v>
       </c>
       <c r="C20">
         <v>504725</v>
       </c>
       <c r="D20">
         <v>227944142</v>
       </c>
       <c r="E20" t="s">
         <v>44</v>
       </c>
       <c r="F20" t="s">
         <v>45</v>
       </c>
       <c r="G20" t="s">
         <v>46</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1379,105 +1379,105 @@
       </c>
       <c r="C28">
         <v>504725</v>
       </c>
       <c r="D28">
         <v>227944142</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>55</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70285533</v>
+        <v>70740359</v>
       </c>
       <c r="B29">
         <v>2.2794414250472E+14</v>
       </c>
       <c r="C29">
         <v>504725</v>
       </c>
       <c r="D29">
         <v>227944142</v>
       </c>
       <c r="E29" t="s">
         <v>44</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70285532</v>
+        <v>70740356</v>
       </c>
       <c r="B30">
         <v>2.2794414250472E+14</v>
       </c>
       <c r="C30">
         <v>504725</v>
       </c>
       <c r="D30">
         <v>227944142</v>
       </c>
       <c r="E30" t="s">
         <v>44</v>
       </c>
       <c r="F30" t="s">
         <v>63</v>
       </c>
       <c r="G30" t="s">
         <v>64</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70285534</v>
+        <v>70740360</v>
       </c>
       <c r="B31">
         <v>2.2794414250472E+14</v>
       </c>
       <c r="C31">
         <v>504725</v>
       </c>
       <c r="D31">
         <v>227944142</v>
       </c>
       <c r="E31" t="s">
         <v>44</v>
       </c>
       <c r="F31" t="s">
         <v>65</v>
       </c>
       <c r="G31" t="s">
         <v>66</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>