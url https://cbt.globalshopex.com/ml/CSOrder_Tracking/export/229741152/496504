--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -595,51 +595,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69876971</v>
+        <v>70266683</v>
       </c>
       <c r="B2">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C2">
         <v>496504</v>
       </c>
       <c r="D2">
         <v>229741152</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1260,105 +1260,105 @@
       </c>
       <c r="C24">
         <v>496504</v>
       </c>
       <c r="D24">
         <v>229741152</v>
       </c>
       <c r="E24" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>36</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24" t="s">
         <v>15</v>
       </c>
       <c r="I24" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69876973</v>
+        <v>70266685</v>
       </c>
       <c r="B25">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C25">
         <v>496504</v>
       </c>
       <c r="D25">
         <v>229741152</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69876974</v>
+        <v>70266686</v>
       </c>
       <c r="B26">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C26">
         <v>496504</v>
       </c>
       <c r="D26">
         <v>229741152</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
         <v>62</v>
       </c>
       <c r="G26" t="s">
         <v>63</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69876972</v>
+        <v>70266684</v>
       </c>
       <c r="B27">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C27">
         <v>496504</v>
       </c>
       <c r="D27">
         <v>229741152</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>64</v>
       </c>
       <c r="G27" t="s">
         <v>65</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>