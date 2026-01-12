--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -595,51 +595,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70266683</v>
+        <v>70660156</v>
       </c>
       <c r="B2">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C2">
         <v>496504</v>
       </c>
       <c r="D2">
         <v>229741152</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1260,105 +1260,105 @@
       </c>
       <c r="C24">
         <v>496504</v>
       </c>
       <c r="D24">
         <v>229741152</v>
       </c>
       <c r="E24" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>36</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24" t="s">
         <v>15</v>
       </c>
       <c r="I24" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70266685</v>
+        <v>70660158</v>
       </c>
       <c r="B25">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C25">
         <v>496504</v>
       </c>
       <c r="D25">
         <v>229741152</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70266686</v>
+        <v>70660159</v>
       </c>
       <c r="B26">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C26">
         <v>496504</v>
       </c>
       <c r="D26">
         <v>229741152</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
         <v>62</v>
       </c>
       <c r="G26" t="s">
         <v>63</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70266684</v>
+        <v>70660157</v>
       </c>
       <c r="B27">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C27">
         <v>496504</v>
       </c>
       <c r="D27">
         <v>229741152</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>64</v>
       </c>
       <c r="G27" t="s">
         <v>65</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>