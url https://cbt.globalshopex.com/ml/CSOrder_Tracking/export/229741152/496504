--- v2 (2026-01-12)
+++ v3 (2026-01-13)
@@ -595,51 +595,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70660156</v>
+        <v>70677667</v>
       </c>
       <c r="B2">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C2">
         <v>496504</v>
       </c>
       <c r="D2">
         <v>229741152</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1260,105 +1260,105 @@
       </c>
       <c r="C24">
         <v>496504</v>
       </c>
       <c r="D24">
         <v>229741152</v>
       </c>
       <c r="E24" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>36</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24" t="s">
         <v>15</v>
       </c>
       <c r="I24" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70660158</v>
+        <v>70677669</v>
       </c>
       <c r="B25">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C25">
         <v>496504</v>
       </c>
       <c r="D25">
         <v>229741152</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70660159</v>
+        <v>70677670</v>
       </c>
       <c r="B26">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C26">
         <v>496504</v>
       </c>
       <c r="D26">
         <v>229741152</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
         <v>62</v>
       </c>
       <c r="G26" t="s">
         <v>63</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70660157</v>
+        <v>70677668</v>
       </c>
       <c r="B27">
         <v>2.297411524965E+14</v>
       </c>
       <c r="C27">
         <v>496504</v>
       </c>
       <c r="D27">
         <v>229741152</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>64</v>
       </c>
       <c r="G27" t="s">
         <v>65</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>