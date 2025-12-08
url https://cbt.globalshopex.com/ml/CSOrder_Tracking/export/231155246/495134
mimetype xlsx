--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1478,51 +1478,51 @@
       </c>
       <c r="C30">
         <v>495134</v>
       </c>
       <c r="D30">
         <v>231155246</v>
       </c>
       <c r="E30" t="s">
         <v>64</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>68</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69875456</v>
+        <v>70330398</v>
       </c>
       <c r="B31">
         <v>2.3115524649513E+14</v>
       </c>
       <c r="C31">
         <v>495134</v>
       </c>
       <c r="D31">
         <v>231155246</v>
       </c>
       <c r="E31" t="s">
         <v>69</v>
       </c>
       <c r="F31" t="s">
         <v>70</v>
       </c>
       <c r="G31" t="s">
         <v>71</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1563,105 +1563,105 @@
       </c>
       <c r="C33">
         <v>495134</v>
       </c>
       <c r="D33">
         <v>231155246</v>
       </c>
       <c r="E33" t="s">
         <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>65</v>
       </c>
       <c r="G33" t="s">
         <v>73</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69875458</v>
+        <v>70330402</v>
       </c>
       <c r="B34">
         <v>2.3115524649513E+14</v>
       </c>
       <c r="C34">
         <v>495134</v>
       </c>
       <c r="D34">
         <v>231155246</v>
       </c>
       <c r="E34" t="s">
         <v>69</v>
       </c>
       <c r="F34" t="s">
         <v>74</v>
       </c>
       <c r="G34" t="s">
         <v>75</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69875457</v>
+        <v>70330400</v>
       </c>
       <c r="B35">
         <v>2.3115524649513E+14</v>
       </c>
       <c r="C35">
         <v>495134</v>
       </c>
       <c r="D35">
         <v>231155246</v>
       </c>
       <c r="E35" t="s">
         <v>69</v>
       </c>
       <c r="F35" t="s">
         <v>76</v>
       </c>
       <c r="G35" t="s">
         <v>77</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69875459</v>
+        <v>70330403</v>
       </c>
       <c r="B36">
         <v>2.3115524649513E+14</v>
       </c>
       <c r="C36">
         <v>495134</v>
       </c>
       <c r="D36">
         <v>231155246</v>
       </c>
       <c r="E36" t="s">
         <v>69</v>
       </c>
       <c r="F36" t="s">
         <v>78</v>
       </c>
       <c r="G36" t="s">
         <v>79</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>