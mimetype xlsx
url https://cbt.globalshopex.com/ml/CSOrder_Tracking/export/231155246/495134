--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1478,51 +1478,51 @@
       </c>
       <c r="C30">
         <v>495134</v>
       </c>
       <c r="D30">
         <v>231155246</v>
       </c>
       <c r="E30" t="s">
         <v>64</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>68</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70330398</v>
+        <v>70772956</v>
       </c>
       <c r="B31">
         <v>2.3115524649513E+14</v>
       </c>
       <c r="C31">
         <v>495134</v>
       </c>
       <c r="D31">
         <v>231155246</v>
       </c>
       <c r="E31" t="s">
         <v>69</v>
       </c>
       <c r="F31" t="s">
         <v>70</v>
       </c>
       <c r="G31" t="s">
         <v>71</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1563,105 +1563,105 @@
       </c>
       <c r="C33">
         <v>495134</v>
       </c>
       <c r="D33">
         <v>231155246</v>
       </c>
       <c r="E33" t="s">
         <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>65</v>
       </c>
       <c r="G33" t="s">
         <v>73</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70330402</v>
+        <v>70772962</v>
       </c>
       <c r="B34">
         <v>2.3115524649513E+14</v>
       </c>
       <c r="C34">
         <v>495134</v>
       </c>
       <c r="D34">
         <v>231155246</v>
       </c>
       <c r="E34" t="s">
         <v>69</v>
       </c>
       <c r="F34" t="s">
         <v>74</v>
       </c>
       <c r="G34" t="s">
         <v>75</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70330400</v>
+        <v>70772959</v>
       </c>
       <c r="B35">
         <v>2.3115524649513E+14</v>
       </c>
       <c r="C35">
         <v>495134</v>
       </c>
       <c r="D35">
         <v>231155246</v>
       </c>
       <c r="E35" t="s">
         <v>69</v>
       </c>
       <c r="F35" t="s">
         <v>76</v>
       </c>
       <c r="G35" t="s">
         <v>77</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70330403</v>
+        <v>70772967</v>
       </c>
       <c r="B36">
         <v>2.3115524649513E+14</v>
       </c>
       <c r="C36">
         <v>495134</v>
       </c>
       <c r="D36">
         <v>231155246</v>
       </c>
       <c r="E36" t="s">
         <v>69</v>
       </c>
       <c r="F36" t="s">
         <v>78</v>
       </c>
       <c r="G36" t="s">
         <v>79</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>