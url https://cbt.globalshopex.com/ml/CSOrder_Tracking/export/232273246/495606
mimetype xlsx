--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1443,51 +1443,51 @@
       </c>
       <c r="C29">
         <v>495606</v>
       </c>
       <c r="D29">
         <v>232273246</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69875425</v>
+        <v>70330382</v>
       </c>
       <c r="B30">
         <v>2.3227324649561E+14</v>
       </c>
       <c r="C30">
         <v>495606</v>
       </c>
       <c r="D30">
         <v>232273246</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>68</v>
       </c>
       <c r="G30" t="s">
         <v>69</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="31" spans="1:9">
@@ -1528,105 +1528,105 @@
       </c>
       <c r="C32">
         <v>495606</v>
       </c>
       <c r="D32">
         <v>232273246</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>63</v>
       </c>
       <c r="G32" t="s">
         <v>71</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69875427</v>
+        <v>70330384</v>
       </c>
       <c r="B33">
         <v>2.3227324649561E+14</v>
       </c>
       <c r="C33">
         <v>495606</v>
       </c>
       <c r="D33">
         <v>232273246</v>
       </c>
       <c r="E33" t="s">
         <v>67</v>
       </c>
       <c r="F33" t="s">
         <v>72</v>
       </c>
       <c r="G33" t="s">
         <v>73</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69875428</v>
+        <v>70330385</v>
       </c>
       <c r="B34">
         <v>2.3227324649561E+14</v>
       </c>
       <c r="C34">
         <v>495606</v>
       </c>
       <c r="D34">
         <v>232273246</v>
       </c>
       <c r="E34" t="s">
         <v>67</v>
       </c>
       <c r="F34" t="s">
         <v>74</v>
       </c>
       <c r="G34" t="s">
         <v>75</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69875426</v>
+        <v>70330383</v>
       </c>
       <c r="B35">
         <v>2.3227324649561E+14</v>
       </c>
       <c r="C35">
         <v>495606</v>
       </c>
       <c r="D35">
         <v>232273246</v>
       </c>
       <c r="E35" t="s">
         <v>67</v>
       </c>
       <c r="F35" t="s">
         <v>76</v>
       </c>
       <c r="G35" t="s">
         <v>77</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>