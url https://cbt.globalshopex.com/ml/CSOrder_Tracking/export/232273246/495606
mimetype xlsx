--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1443,51 +1443,51 @@
       </c>
       <c r="C29">
         <v>495606</v>
       </c>
       <c r="D29">
         <v>232273246</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70330382</v>
+        <v>70772936</v>
       </c>
       <c r="B30">
         <v>2.3227324649561E+14</v>
       </c>
       <c r="C30">
         <v>495606</v>
       </c>
       <c r="D30">
         <v>232273246</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>68</v>
       </c>
       <c r="G30" t="s">
         <v>69</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="31" spans="1:9">
@@ -1528,105 +1528,105 @@
       </c>
       <c r="C32">
         <v>495606</v>
       </c>
       <c r="D32">
         <v>232273246</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>63</v>
       </c>
       <c r="G32" t="s">
         <v>71</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70330384</v>
+        <v>70772941</v>
       </c>
       <c r="B33">
         <v>2.3227324649561E+14</v>
       </c>
       <c r="C33">
         <v>495606</v>
       </c>
       <c r="D33">
         <v>232273246</v>
       </c>
       <c r="E33" t="s">
         <v>67</v>
       </c>
       <c r="F33" t="s">
         <v>72</v>
       </c>
       <c r="G33" t="s">
         <v>73</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70330385</v>
+        <v>70772942</v>
       </c>
       <c r="B34">
         <v>2.3227324649561E+14</v>
       </c>
       <c r="C34">
         <v>495606</v>
       </c>
       <c r="D34">
         <v>232273246</v>
       </c>
       <c r="E34" t="s">
         <v>67</v>
       </c>
       <c r="F34" t="s">
         <v>74</v>
       </c>
       <c r="G34" t="s">
         <v>75</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70330383</v>
+        <v>70772937</v>
       </c>
       <c r="B35">
         <v>2.3227324649561E+14</v>
       </c>
       <c r="C35">
         <v>495606</v>
       </c>
       <c r="D35">
         <v>232273246</v>
       </c>
       <c r="E35" t="s">
         <v>67</v>
       </c>
       <c r="F35" t="s">
         <v>76</v>
       </c>
       <c r="G35" t="s">
         <v>77</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>