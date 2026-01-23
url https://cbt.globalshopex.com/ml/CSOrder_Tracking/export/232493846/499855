--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -697,51 +697,51 @@
       </c>
       <c r="C4">
         <v>499855</v>
       </c>
       <c r="D4">
         <v>232493846</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69873969</v>
+        <v>70772603</v>
       </c>
       <c r="B5">
         <v>2.3249384649986E+14</v>
       </c>
       <c r="C5">
         <v>499855</v>
       </c>
       <c r="D5">
         <v>232493846</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -1391,105 +1391,105 @@
       </c>
       <c r="C28">
         <v>499855</v>
       </c>
       <c r="D28">
         <v>232493846</v>
       </c>
       <c r="E28" t="s">
         <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>39</v>
       </c>
       <c r="G28" t="s">
         <v>64</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69873971</v>
+        <v>70772609</v>
       </c>
       <c r="B29">
         <v>2.3249384649986E+14</v>
       </c>
       <c r="C29">
         <v>499855</v>
       </c>
       <c r="D29">
         <v>232493846</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69873972</v>
+        <v>70772610</v>
       </c>
       <c r="B30">
         <v>2.3249384649986E+14</v>
       </c>
       <c r="C30">
         <v>499855</v>
       </c>
       <c r="D30">
         <v>232493846</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>68</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69873970</v>
+        <v>70772606</v>
       </c>
       <c r="B31">
         <v>2.3249384649986E+14</v>
       </c>
       <c r="C31">
         <v>499855</v>
       </c>
       <c r="D31">
         <v>232493846</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31" t="s">
         <v>69</v>
       </c>
       <c r="G31" t="s">
         <v>70</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>