--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -50,57 +50,57 @@
   <si>
     <t>status</t>
   </si>
   <si>
     <t>message</t>
   </si>
   <si>
     <t>datetime</t>
   </si>
   <si>
     <t>carrier</t>
   </si>
   <si>
     <t>source</t>
   </si>
   <si>
     <t>23265680502-A585614</t>
   </si>
   <si>
     <t>23265680502-A</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
+    <t>BBY01-807022392239  83.99</t>
+  </si>
+  <si>
+    <t>2025-01-20 00:00:00</t>
+  </si>
+  <si>
     <t xml:space="preserve">  0.00</t>
-  </si>
-[...4 lines deleted...]
-    <t>BBY01-807022392239  83.99</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2025-01-17 15:00:04</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2025-01-17 14:43:05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -454,132 +454,132 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69859152</v>
+        <v>70266784</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>585614</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69859153</v>
+        <v>70266783</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>585614</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69859154</v>
+        <v>70266785</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4">
         <v>585614</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>16</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69859155</v>
+        <v>70266786</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5">
         <v>585614</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5" t="s">
         <v>18</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>