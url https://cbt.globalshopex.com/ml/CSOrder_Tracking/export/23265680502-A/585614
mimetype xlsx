--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -454,132 +454,132 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70266784</v>
+        <v>70646728</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>585614</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70266783</v>
+        <v>70646727</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3">
         <v>585614</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70266785</v>
+        <v>70646729</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4">
         <v>585614</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>16</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70266786</v>
+        <v>70646730</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5">
         <v>585614</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5" t="s">
         <v>18</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>