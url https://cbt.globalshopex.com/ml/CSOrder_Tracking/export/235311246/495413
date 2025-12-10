--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1643,51 +1643,51 @@
       </c>
       <c r="C36">
         <v>495413</v>
       </c>
       <c r="D36">
         <v>235311246</v>
       </c>
       <c r="E36" t="s">
         <v>61</v>
       </c>
       <c r="F36" t="s">
         <v>64</v>
       </c>
       <c r="G36" t="s">
         <v>65</v>
       </c>
       <c r="H36" t="s">
         <v>12</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>69858716</v>
+        <v>70327363</v>
       </c>
       <c r="B37">
         <v>2.3531124649541E+14</v>
       </c>
       <c r="C37">
         <v>495413</v>
       </c>
       <c r="D37">
         <v>235311246</v>
       </c>
       <c r="E37" t="s">
         <v>66</v>
       </c>
       <c r="F37" t="s">
         <v>67</v>
       </c>
       <c r="G37" t="s">
         <v>68</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:9">
@@ -1728,105 +1728,105 @@
       </c>
       <c r="C39">
         <v>495413</v>
       </c>
       <c r="D39">
         <v>235311246</v>
       </c>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39" t="s">
         <v>40</v>
       </c>
       <c r="G39" t="s">
         <v>70</v>
       </c>
       <c r="H39" t="s">
         <v>12</v>
       </c>
       <c r="I39" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>69858718</v>
+        <v>70327365</v>
       </c>
       <c r="B40">
         <v>2.3531124649541E+14</v>
       </c>
       <c r="C40">
         <v>495413</v>
       </c>
       <c r="D40">
         <v>235311246</v>
       </c>
       <c r="E40" t="s">
         <v>66</v>
       </c>
       <c r="F40" t="s">
         <v>71</v>
       </c>
       <c r="G40" t="s">
         <v>72</v>
       </c>
       <c r="H40"/>
       <c r="I40" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>69858717</v>
+        <v>70327364</v>
       </c>
       <c r="B41">
         <v>2.3531124649541E+14</v>
       </c>
       <c r="C41">
         <v>495413</v>
       </c>
       <c r="D41">
         <v>235311246</v>
       </c>
       <c r="E41" t="s">
         <v>66</v>
       </c>
       <c r="F41" t="s">
         <v>73</v>
       </c>
       <c r="G41" t="s">
         <v>74</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>69858719</v>
+        <v>70327366</v>
       </c>
       <c r="B42">
         <v>2.3531124649541E+14</v>
       </c>
       <c r="C42">
         <v>495413</v>
       </c>
       <c r="D42">
         <v>235311246</v>
       </c>
       <c r="E42" t="s">
         <v>66</v>
       </c>
       <c r="F42" t="s">
         <v>75</v>
       </c>
       <c r="G42" t="s">
         <v>76</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>