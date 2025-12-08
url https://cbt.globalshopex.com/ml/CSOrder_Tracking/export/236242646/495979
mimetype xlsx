--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1411,51 +1411,51 @@
       </c>
       <c r="C28">
         <v>495979</v>
       </c>
       <c r="D28">
         <v>236242646</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>58</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69875493</v>
+        <v>70330406</v>
       </c>
       <c r="B29">
         <v>2.3624264649598E+14</v>
       </c>
       <c r="C29">
         <v>495979</v>
       </c>
       <c r="D29">
         <v>236242646</v>
       </c>
       <c r="E29" t="s">
         <v>61</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:9">
@@ -1554,105 +1554,105 @@
       </c>
       <c r="C33">
         <v>495979</v>
       </c>
       <c r="D33">
         <v>236242646</v>
       </c>
       <c r="E33" t="s">
         <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69875494</v>
+        <v>70330409</v>
       </c>
       <c r="B34">
         <v>2.3624264649598E+14</v>
       </c>
       <c r="C34">
         <v>495979</v>
       </c>
       <c r="D34">
         <v>236242646</v>
       </c>
       <c r="E34" t="s">
         <v>61</v>
       </c>
       <c r="F34" t="s">
         <v>71</v>
       </c>
       <c r="G34" t="s">
         <v>72</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69875495</v>
+        <v>70330412</v>
       </c>
       <c r="B35">
         <v>2.3624264649598E+14</v>
       </c>
       <c r="C35">
         <v>495979</v>
       </c>
       <c r="D35">
         <v>236242646</v>
       </c>
       <c r="E35" t="s">
         <v>61</v>
       </c>
       <c r="F35" t="s">
         <v>73</v>
       </c>
       <c r="G35" t="s">
         <v>74</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69875496</v>
+        <v>70330415</v>
       </c>
       <c r="B36">
         <v>2.3624264649598E+14</v>
       </c>
       <c r="C36">
         <v>495979</v>
       </c>
       <c r="D36">
         <v>236242646</v>
       </c>
       <c r="E36" t="s">
         <v>61</v>
       </c>
       <c r="F36" t="s">
         <v>75</v>
       </c>
       <c r="G36" t="s">
         <v>76</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>