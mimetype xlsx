--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1411,51 +1411,51 @@
       </c>
       <c r="C28">
         <v>495979</v>
       </c>
       <c r="D28">
         <v>236242646</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>58</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330406</v>
+        <v>70772957</v>
       </c>
       <c r="B29">
         <v>2.3624264649598E+14</v>
       </c>
       <c r="C29">
         <v>495979</v>
       </c>
       <c r="D29">
         <v>236242646</v>
       </c>
       <c r="E29" t="s">
         <v>61</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:9">
@@ -1554,105 +1554,105 @@
       </c>
       <c r="C33">
         <v>495979</v>
       </c>
       <c r="D33">
         <v>236242646</v>
       </c>
       <c r="E33" t="s">
         <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70330409</v>
+        <v>70772960</v>
       </c>
       <c r="B34">
         <v>2.3624264649598E+14</v>
       </c>
       <c r="C34">
         <v>495979</v>
       </c>
       <c r="D34">
         <v>236242646</v>
       </c>
       <c r="E34" t="s">
         <v>61</v>
       </c>
       <c r="F34" t="s">
         <v>71</v>
       </c>
       <c r="G34" t="s">
         <v>72</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70330412</v>
+        <v>70772963</v>
       </c>
       <c r="B35">
         <v>2.3624264649598E+14</v>
       </c>
       <c r="C35">
         <v>495979</v>
       </c>
       <c r="D35">
         <v>236242646</v>
       </c>
       <c r="E35" t="s">
         <v>61</v>
       </c>
       <c r="F35" t="s">
         <v>73</v>
       </c>
       <c r="G35" t="s">
         <v>74</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70330415</v>
+        <v>70772965</v>
       </c>
       <c r="B36">
         <v>2.3624264649598E+14</v>
       </c>
       <c r="C36">
         <v>495979</v>
       </c>
       <c r="D36">
         <v>236242646</v>
       </c>
       <c r="E36" t="s">
         <v>61</v>
       </c>
       <c r="F36" t="s">
         <v>75</v>
       </c>
       <c r="G36" t="s">
         <v>76</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>