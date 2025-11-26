--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -760,51 +760,51 @@
       </c>
       <c r="C7">
         <v>498885</v>
       </c>
       <c r="D7">
         <v>236512212</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69873204</v>
+        <v>70267584</v>
       </c>
       <c r="B8">
         <v>2.3651221249888E+14</v>
       </c>
       <c r="C8">
         <v>498885</v>
       </c>
       <c r="D8">
         <v>236512212</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -1193,105 +1193,105 @@
       </c>
       <c r="C22">
         <v>498885</v>
       </c>
       <c r="D22">
         <v>236512212</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>56</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69873206</v>
+        <v>70267586</v>
       </c>
       <c r="B23">
         <v>2.3651221249888E+14</v>
       </c>
       <c r="C23">
         <v>498885</v>
       </c>
       <c r="D23">
         <v>236512212</v>
       </c>
       <c r="E23" t="s">
         <v>26</v>
       </c>
       <c r="F23" t="s">
         <v>57</v>
       </c>
       <c r="G23" t="s">
         <v>58</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69873207</v>
+        <v>70267587</v>
       </c>
       <c r="B24">
         <v>2.3651221249888E+14</v>
       </c>
       <c r="C24">
         <v>498885</v>
       </c>
       <c r="D24">
         <v>236512212</v>
       </c>
       <c r="E24" t="s">
         <v>26</v>
       </c>
       <c r="F24" t="s">
         <v>59</v>
       </c>
       <c r="G24" t="s">
         <v>60</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69873205</v>
+        <v>70267585</v>
       </c>
       <c r="B25">
         <v>2.3651221249888E+14</v>
       </c>
       <c r="C25">
         <v>498885</v>
       </c>
       <c r="D25">
         <v>236512212</v>
       </c>
       <c r="E25" t="s">
         <v>26</v>
       </c>
       <c r="F25" t="s">
         <v>61</v>
       </c>
       <c r="G25" t="s">
         <v>62</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>