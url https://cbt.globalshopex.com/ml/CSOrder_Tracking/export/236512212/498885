--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -760,51 +760,51 @@
       </c>
       <c r="C7">
         <v>498885</v>
       </c>
       <c r="D7">
         <v>236512212</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70267584</v>
+        <v>70652803</v>
       </c>
       <c r="B8">
         <v>2.3651221249888E+14</v>
       </c>
       <c r="C8">
         <v>498885</v>
       </c>
       <c r="D8">
         <v>236512212</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -1193,105 +1193,105 @@
       </c>
       <c r="C22">
         <v>498885</v>
       </c>
       <c r="D22">
         <v>236512212</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>56</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70267586</v>
+        <v>70652805</v>
       </c>
       <c r="B23">
         <v>2.3651221249888E+14</v>
       </c>
       <c r="C23">
         <v>498885</v>
       </c>
       <c r="D23">
         <v>236512212</v>
       </c>
       <c r="E23" t="s">
         <v>26</v>
       </c>
       <c r="F23" t="s">
         <v>57</v>
       </c>
       <c r="G23" t="s">
         <v>58</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70267587</v>
+        <v>70652806</v>
       </c>
       <c r="B24">
         <v>2.3651221249888E+14</v>
       </c>
       <c r="C24">
         <v>498885</v>
       </c>
       <c r="D24">
         <v>236512212</v>
       </c>
       <c r="E24" t="s">
         <v>26</v>
       </c>
       <c r="F24" t="s">
         <v>59</v>
       </c>
       <c r="G24" t="s">
         <v>60</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70267585</v>
+        <v>70652804</v>
       </c>
       <c r="B25">
         <v>2.3651221249888E+14</v>
       </c>
       <c r="C25">
         <v>498885</v>
       </c>
       <c r="D25">
         <v>236512212</v>
       </c>
       <c r="E25" t="s">
         <v>26</v>
       </c>
       <c r="F25" t="s">
         <v>61</v>
       </c>
       <c r="G25" t="s">
         <v>62</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>