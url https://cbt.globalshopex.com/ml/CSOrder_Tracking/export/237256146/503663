--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -997,159 +997,159 @@
       </c>
       <c r="C16">
         <v>503663</v>
       </c>
       <c r="D16">
         <v>237256146</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69870123</v>
+        <v>70330168</v>
       </c>
       <c r="B17">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C17">
         <v>503663</v>
       </c>
       <c r="D17">
         <v>237256146</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69870126</v>
+        <v>70330173</v>
       </c>
       <c r="B18">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C18">
         <v>503663</v>
       </c>
       <c r="D18">
         <v>237256146</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69870124</v>
+        <v>70330169</v>
       </c>
       <c r="B19">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C19">
         <v>503663</v>
       </c>
       <c r="D19">
         <v>237256146</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>51</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69870125</v>
+        <v>70330170</v>
       </c>
       <c r="B20">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C20">
         <v>503663</v>
       </c>
       <c r="D20">
         <v>237256146</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>52</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69870127</v>
+        <v>70330174</v>
       </c>
       <c r="B21">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C21">
         <v>503663</v>
       </c>
       <c r="D21">
         <v>237256146</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>