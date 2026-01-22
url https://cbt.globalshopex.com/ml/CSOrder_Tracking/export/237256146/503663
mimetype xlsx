--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -164,57 +164,57 @@
   <si>
     <t>2021-11-25 15:41:00</t>
   </si>
   <si>
     <t>Shipment information received</t>
   </si>
   <si>
     <t>2021-11-24 18:17:45</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
     <t>503663 dhl 8990451223</t>
   </si>
   <si>
     <t>2021-03-12 19:17:48</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2021-03-06 04:29:23</t>
   </si>
   <si>
+    <t>112-5201527-8202616 4313 57.99</t>
+  </si>
+  <si>
+    <t>2021-03-06 00:00:00</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 112-2669383-3905029 4313 24.60</t>
-  </si>
-[...4 lines deleted...]
-    <t>112-5201527-8202616 4313 57.99</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2021-03-05 21:13:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -997,159 +997,159 @@
       </c>
       <c r="C16">
         <v>503663</v>
       </c>
       <c r="D16">
         <v>237256146</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70330168</v>
+        <v>70772118</v>
       </c>
       <c r="B17">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C17">
         <v>503663</v>
       </c>
       <c r="D17">
         <v>237256146</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70330173</v>
+        <v>70772121</v>
       </c>
       <c r="B18">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C18">
         <v>503663</v>
       </c>
       <c r="D18">
         <v>237256146</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70330169</v>
+        <v>70772120</v>
       </c>
       <c r="B19">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C19">
         <v>503663</v>
       </c>
       <c r="D19">
         <v>237256146</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>51</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70330170</v>
+        <v>70772119</v>
       </c>
       <c r="B20">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C20">
         <v>503663</v>
       </c>
       <c r="D20">
         <v>237256146</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>52</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70330174</v>
+        <v>70772122</v>
       </c>
       <c r="B21">
         <v>2.3725614650366E+14</v>
       </c>
       <c r="C21">
         <v>503663</v>
       </c>
       <c r="D21">
         <v>237256146</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>