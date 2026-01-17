--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1297,51 +1297,51 @@
       </c>
       <c r="C25">
         <v>499774</v>
       </c>
       <c r="D25">
         <v>237574642</v>
       </c>
       <c r="E25" t="s">
         <v>18</v>
       </c>
       <c r="F25" t="s">
         <v>53</v>
       </c>
       <c r="G25" t="s">
         <v>54</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286291</v>
+        <v>70741125</v>
       </c>
       <c r="B26">
         <v>2.3757464249977E+14</v>
       </c>
       <c r="C26">
         <v>499774</v>
       </c>
       <c r="D26">
         <v>237574642</v>
       </c>
       <c r="E26" t="s">
         <v>55</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1411,105 +1411,105 @@
       </c>
       <c r="C29">
         <v>499774</v>
       </c>
       <c r="D29">
         <v>237574642</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29" t="s">
         <v>30</v>
       </c>
       <c r="G29" t="s">
         <v>61</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70286293</v>
+        <v>70741127</v>
       </c>
       <c r="B30">
         <v>2.3757464249977E+14</v>
       </c>
       <c r="C30">
         <v>499774</v>
       </c>
       <c r="D30">
         <v>237574642</v>
       </c>
       <c r="E30" t="s">
         <v>55</v>
       </c>
       <c r="F30" t="s">
         <v>62</v>
       </c>
       <c r="G30" t="s">
         <v>63</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70286294</v>
+        <v>70741128</v>
       </c>
       <c r="B31">
         <v>2.3757464249977E+14</v>
       </c>
       <c r="C31">
         <v>499774</v>
       </c>
       <c r="D31">
         <v>237574642</v>
       </c>
       <c r="E31" t="s">
         <v>55</v>
       </c>
       <c r="F31" t="s">
         <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>65</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70286292</v>
+        <v>70741126</v>
       </c>
       <c r="B32">
         <v>2.3757464249977E+14</v>
       </c>
       <c r="C32">
         <v>499774</v>
       </c>
       <c r="D32">
         <v>237574642</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>66</v>
       </c>
       <c r="G32" t="s">
         <v>67</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>