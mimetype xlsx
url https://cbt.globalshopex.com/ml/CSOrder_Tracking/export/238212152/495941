--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1236,51 +1236,51 @@
       </c>
       <c r="C23">
         <v>495941</v>
       </c>
       <c r="D23">
         <v>238212152</v>
       </c>
       <c r="E23" t="s">
         <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69651997</v>
+        <v>70260008</v>
       </c>
       <c r="B24">
         <v>2.3821215249594E+14</v>
       </c>
       <c r="C24">
         <v>495941</v>
       </c>
       <c r="D24">
         <v>238212152</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1321,105 +1321,105 @@
       </c>
       <c r="C26">
         <v>495941</v>
       </c>
       <c r="D26">
         <v>238212152</v>
       </c>
       <c r="E26" t="s">
         <v>51</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>60</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69651999</v>
+        <v>70260010</v>
       </c>
       <c r="B27">
         <v>2.3821215249594E+14</v>
       </c>
       <c r="C27">
         <v>495941</v>
       </c>
       <c r="D27">
         <v>238212152</v>
       </c>
       <c r="E27" t="s">
         <v>56</v>
       </c>
       <c r="F27" t="s">
         <v>61</v>
       </c>
       <c r="G27" t="s">
         <v>62</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69651998</v>
+        <v>70260009</v>
       </c>
       <c r="B28">
         <v>2.3821215249594E+14</v>
       </c>
       <c r="C28">
         <v>495941</v>
       </c>
       <c r="D28">
         <v>238212152</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28" t="s">
         <v>64</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69652000</v>
+        <v>70260011</v>
       </c>
       <c r="B29">
         <v>2.3821215249594E+14</v>
       </c>
       <c r="C29">
         <v>495941</v>
       </c>
       <c r="D29">
         <v>238212152</v>
       </c>
       <c r="E29" t="s">
         <v>56</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>