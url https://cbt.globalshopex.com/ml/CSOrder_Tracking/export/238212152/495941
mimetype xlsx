--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1236,51 +1236,51 @@
       </c>
       <c r="C23">
         <v>495941</v>
       </c>
       <c r="D23">
         <v>238212152</v>
       </c>
       <c r="E23" t="s">
         <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70260008</v>
+        <v>70648415</v>
       </c>
       <c r="B24">
         <v>2.3821215249594E+14</v>
       </c>
       <c r="C24">
         <v>495941</v>
       </c>
       <c r="D24">
         <v>238212152</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1321,105 +1321,105 @@
       </c>
       <c r="C26">
         <v>495941</v>
       </c>
       <c r="D26">
         <v>238212152</v>
       </c>
       <c r="E26" t="s">
         <v>51</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>60</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70260010</v>
+        <v>70648417</v>
       </c>
       <c r="B27">
         <v>2.3821215249594E+14</v>
       </c>
       <c r="C27">
         <v>495941</v>
       </c>
       <c r="D27">
         <v>238212152</v>
       </c>
       <c r="E27" t="s">
         <v>56</v>
       </c>
       <c r="F27" t="s">
         <v>61</v>
       </c>
       <c r="G27" t="s">
         <v>62</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70260009</v>
+        <v>70648416</v>
       </c>
       <c r="B28">
         <v>2.3821215249594E+14</v>
       </c>
       <c r="C28">
         <v>495941</v>
       </c>
       <c r="D28">
         <v>238212152</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28" t="s">
         <v>64</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70260011</v>
+        <v>70648418</v>
       </c>
       <c r="B29">
         <v>2.3821215249594E+14</v>
       </c>
       <c r="C29">
         <v>495941</v>
       </c>
       <c r="D29">
         <v>238212152</v>
       </c>
       <c r="E29" t="s">
         <v>56</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>