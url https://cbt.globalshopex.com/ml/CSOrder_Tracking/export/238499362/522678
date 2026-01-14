--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -1029,51 +1029,51 @@
       </c>
       <c r="C17">
         <v>522678</v>
       </c>
       <c r="D17">
         <v>238499362</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69909903</v>
+        <v>70715746</v>
       </c>
       <c r="B18">
         <v>2.3849936252268E+14</v>
       </c>
       <c r="C18">
         <v>522678</v>
       </c>
       <c r="D18">
         <v>238499362</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>44</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:9">
@@ -1114,105 +1114,105 @@
       </c>
       <c r="C20">
         <v>522678</v>
       </c>
       <c r="D20">
         <v>238499362</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69909904</v>
+        <v>70715747</v>
       </c>
       <c r="B21">
         <v>2.3849936252268E+14</v>
       </c>
       <c r="C21">
         <v>522678</v>
       </c>
       <c r="D21">
         <v>238499362</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69909905</v>
+        <v>70715748</v>
       </c>
       <c r="B22">
         <v>2.3849936252268E+14</v>
       </c>
       <c r="C22">
         <v>522678</v>
       </c>
       <c r="D22">
         <v>238499362</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69909906</v>
+        <v>70715749</v>
       </c>
       <c r="B23">
         <v>2.3849936252268E+14</v>
       </c>
       <c r="C23">
         <v>522678</v>
       </c>
       <c r="D23">
         <v>238499362</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>