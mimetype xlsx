--- v0 (2025-11-26)
+++ v1 (2026-01-12)
@@ -784,51 +784,51 @@
       </c>
       <c r="C7">
         <v>498565</v>
       </c>
       <c r="D7">
         <v>238523412</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70260680</v>
+        <v>70651287</v>
       </c>
       <c r="B8">
         <v>2.3852341249856E+14</v>
       </c>
       <c r="C8">
         <v>498565</v>
       </c>
       <c r="D8">
         <v>238523412</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -1362,105 +1362,105 @@
       </c>
       <c r="C27">
         <v>498565</v>
       </c>
       <c r="D27">
         <v>238523412</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>41</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70260681</v>
+        <v>70651288</v>
       </c>
       <c r="B28">
         <v>2.3852341249856E+14</v>
       </c>
       <c r="C28">
         <v>498565</v>
       </c>
       <c r="D28">
         <v>238523412</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70260682</v>
+        <v>70651289</v>
       </c>
       <c r="B29">
         <v>2.3852341249856E+14</v>
       </c>
       <c r="C29">
         <v>498565</v>
       </c>
       <c r="D29">
         <v>238523412</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70260683</v>
+        <v>70651290</v>
       </c>
       <c r="B30">
         <v>2.3852341249856E+14</v>
       </c>
       <c r="C30">
         <v>498565</v>
       </c>
       <c r="D30">
         <v>238523412</v>
       </c>
       <c r="E30" t="s">
         <v>25</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>