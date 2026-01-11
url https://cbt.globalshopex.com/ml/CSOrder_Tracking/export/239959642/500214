--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -1332,51 +1332,51 @@
       </c>
       <c r="C26">
         <v>500214</v>
       </c>
       <c r="D26">
         <v>239959642</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>51</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69860653</v>
+        <v>70515134</v>
       </c>
       <c r="B27">
         <v>2.3995964250021E+14</v>
       </c>
       <c r="C27">
         <v>500214</v>
       </c>
       <c r="D27">
         <v>239959642</v>
       </c>
       <c r="E27" t="s">
         <v>53</v>
       </c>
       <c r="F27" t="s">
         <v>54</v>
       </c>
       <c r="G27" t="s">
         <v>55</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1504,105 +1504,105 @@
       </c>
       <c r="C32">
         <v>500214</v>
       </c>
       <c r="D32">
         <v>239959642</v>
       </c>
       <c r="E32" t="s">
         <v>57</v>
       </c>
       <c r="F32" t="s">
         <v>58</v>
       </c>
       <c r="G32" t="s">
         <v>63</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69860655</v>
+        <v>70515136</v>
       </c>
       <c r="B33">
         <v>2.3995964250021E+14</v>
       </c>
       <c r="C33">
         <v>500214</v>
       </c>
       <c r="D33">
         <v>239959642</v>
       </c>
       <c r="E33" t="s">
         <v>53</v>
       </c>
       <c r="F33" t="s">
         <v>64</v>
       </c>
       <c r="G33" t="s">
         <v>65</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69860656</v>
+        <v>70515137</v>
       </c>
       <c r="B34">
         <v>2.3995964250021E+14</v>
       </c>
       <c r="C34">
         <v>500214</v>
       </c>
       <c r="D34">
         <v>239959642</v>
       </c>
       <c r="E34" t="s">
         <v>53</v>
       </c>
       <c r="F34" t="s">
         <v>66</v>
       </c>
       <c r="G34" t="s">
         <v>67</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69860654</v>
+        <v>70515135</v>
       </c>
       <c r="B35">
         <v>2.3995964250021E+14</v>
       </c>
       <c r="C35">
         <v>500214</v>
       </c>
       <c r="D35">
         <v>239959642</v>
       </c>
       <c r="E35" t="s">
         <v>53</v>
       </c>
       <c r="F35" t="s">
         <v>68</v>
       </c>
       <c r="G35" t="s">
         <v>69</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>