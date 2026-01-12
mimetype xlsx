--- v0 (2025-11-25)
+++ v1 (2026-01-12)
@@ -12,104 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>tracking_code</t>
   </si>
   <si>
     <t>order_gsx</t>
   </si>
   <si>
     <t>order_cbt</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>message</t>
   </si>
   <si>
     <t>datetime</t>
   </si>
   <si>
     <t>carrier</t>
   </si>
   <si>
     <t>source</t>
   </si>
   <si>
+    <t>24137286201-A</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>ENTREGADO - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-10 09:18:41</t>
+  </si>
+  <si>
+    <t>eshopex</t>
+  </si>
+  <si>
+    <t>ENTREGADO PDA - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-10 09:18:40</t>
+  </si>
+  <si>
+    <t>status_unknown</t>
+  </si>
+  <si>
+    <t>EN REPARTO A DOMICILIO - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-10 05:42:03</t>
+  </si>
+  <si>
+    <t>EN DESTINO - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-10 05:03:27</t>
+  </si>
+  <si>
+    <t>EN TRANSITO - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-09 09:05:59</t>
+  </si>
+  <si>
+    <t>EN ORIGEN - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-09 09:05:39</t>
+  </si>
+  <si>
+    <t>CUSTOMS RELEASE - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-09 08:00:00</t>
+  </si>
+  <si>
+    <t>CUSTOMS - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-05 12:09:00</t>
+  </si>
+  <si>
+    <t>shipped - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-05 04:11:00</t>
+  </si>
+  <si>
     <t>24137286201-A596867</t>
   </si>
   <si>
-    <t>24137286201-A</t>
-[...1 lines deleted...]
-  <si>
     <t>sistema</t>
   </si>
   <si>
+    <t>596867 eshopex 523500022683</t>
+  </si>
+  <si>
+    <t>2025-12-02 06:07:42</t>
+  </si>
+  <si>
+    <t>Ready to go - ENTREGADO</t>
+  </si>
+  <si>
+    <t>2025-12-01 11:20:40</t>
+  </si>
+  <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2025-11-22 21:39:37</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2025-11-22 21:13:41</t>
   </si>
   <si>
     <t>111-6400016-8373044 0592 18.46</t>
   </si>
   <si>
     <t>2025-11-22 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - </t>
+  </si>
+  <si>
+    <t>0000-00-00 00:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -412,166 +493,512 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70252044</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>70670421</v>
+      </c>
+      <c r="B2">
+        <v>523500022683</v>
       </c>
       <c r="C2">
         <v>596867</v>
       </c>
       <c r="D2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="G2" t="s">
-[...2 lines deleted...]
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>13</v>
+      </c>
       <c r="I2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70252045</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>70670422</v>
+      </c>
+      <c r="B3">
+        <v>523500022683</v>
       </c>
       <c r="C3">
         <v>596867</v>
       </c>
       <c r="D3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>13</v>
+      </c>
       <c r="I3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70252043</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>70670423</v>
+      </c>
+      <c r="B4">
+        <v>523500022683</v>
       </c>
       <c r="C4">
         <v>596867</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" t="s">
+        <v>18</v>
+      </c>
+      <c r="H4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5">
+        <v>70670424</v>
+      </c>
+      <c r="B5">
+        <v>523500022683</v>
+      </c>
+      <c r="C5">
+        <v>596867</v>
+      </c>
+      <c r="D5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="G4" t="s">
-[...4 lines deleted...]
-        <v>11</v>
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5" t="s">
+        <v>20</v>
+      </c>
+      <c r="H5" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6">
+        <v>70670425</v>
+      </c>
+      <c r="B6">
+        <v>523500022683</v>
+      </c>
+      <c r="C6">
+        <v>596867</v>
+      </c>
+      <c r="D6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7">
+        <v>70670426</v>
+      </c>
+      <c r="B7">
+        <v>523500022683</v>
+      </c>
+      <c r="C7">
+        <v>596867</v>
+      </c>
+      <c r="D7" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8">
+        <v>70670427</v>
+      </c>
+      <c r="B8">
+        <v>523500022683</v>
+      </c>
+      <c r="C8">
+        <v>596867</v>
+      </c>
+      <c r="D8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" t="s">
+        <v>26</v>
+      </c>
+      <c r="H8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9">
+        <v>70670428</v>
+      </c>
+      <c r="B9">
+        <v>523500022683</v>
+      </c>
+      <c r="C9">
+        <v>596867</v>
+      </c>
+      <c r="D9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F9" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H9" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10">
+        <v>70670429</v>
+      </c>
+      <c r="B10">
+        <v>523500022683</v>
+      </c>
+      <c r="C10">
+        <v>596867</v>
+      </c>
+      <c r="D10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11">
+        <v>70670443</v>
+      </c>
+      <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11">
+        <v>596867</v>
+      </c>
+      <c r="D11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12">
+        <v>70670430</v>
+      </c>
+      <c r="B12">
+        <v>523500022683</v>
+      </c>
+      <c r="C12">
+        <v>596867</v>
+      </c>
+      <c r="D12" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" t="s">
+        <v>16</v>
+      </c>
+      <c r="F12" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13">
+        <v>70670446</v>
+      </c>
+      <c r="B13" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13">
+        <v>596867</v>
+      </c>
+      <c r="D13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14">
+        <v>70670447</v>
+      </c>
+      <c r="B14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14">
+        <v>596867</v>
+      </c>
+      <c r="D14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15">
+        <v>70670444</v>
+      </c>
+      <c r="B15" t="s">
+        <v>31</v>
+      </c>
+      <c r="C15">
+        <v>596867</v>
+      </c>
+      <c r="D15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16">
+        <v>70670431</v>
+      </c>
+      <c r="B16">
+        <v>523500022683</v>
+      </c>
+      <c r="C16">
+        <v>596867</v>
+      </c>
+      <c r="D16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">