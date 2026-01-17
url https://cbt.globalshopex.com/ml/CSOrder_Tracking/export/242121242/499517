--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1036,51 +1036,51 @@
       </c>
       <c r="C16">
         <v>499517</v>
       </c>
       <c r="D16">
         <v>242121242</v>
       </c>
       <c r="E16" t="s">
         <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>40</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70047697</v>
+        <v>70741305</v>
       </c>
       <c r="B17">
         <v>2.4212124249952E+14</v>
       </c>
       <c r="C17">
         <v>499517</v>
       </c>
       <c r="D17">
         <v>242121242</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="F17" t="s">
         <v>42</v>
       </c>
       <c r="G17" t="s">
         <v>43</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1382,105 +1382,105 @@
       </c>
       <c r="C28">
         <v>499517</v>
       </c>
       <c r="D28">
         <v>242121242</v>
       </c>
       <c r="E28" t="s">
         <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>35</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70047699</v>
+        <v>70741307</v>
       </c>
       <c r="B29">
         <v>2.4212124249952E+14</v>
       </c>
       <c r="C29">
         <v>499517</v>
       </c>
       <c r="D29">
         <v>242121242</v>
       </c>
       <c r="E29" t="s">
         <v>41</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70047700</v>
+        <v>70741308</v>
       </c>
       <c r="B30">
         <v>2.4212124249952E+14</v>
       </c>
       <c r="C30">
         <v>499517</v>
       </c>
       <c r="D30">
         <v>242121242</v>
       </c>
       <c r="E30" t="s">
         <v>41</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>65</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70047698</v>
+        <v>70741306</v>
       </c>
       <c r="B31">
         <v>2.4212124249952E+14</v>
       </c>
       <c r="C31">
         <v>499517</v>
       </c>
       <c r="D31">
         <v>242121242</v>
       </c>
       <c r="E31" t="s">
         <v>41</v>
       </c>
       <c r="F31" t="s">
         <v>66</v>
       </c>
       <c r="G31" t="s">
         <v>67</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>