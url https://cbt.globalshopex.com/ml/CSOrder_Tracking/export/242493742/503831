--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1157,51 +1157,51 @@
       </c>
       <c r="C21">
         <v>503831</v>
       </c>
       <c r="D21">
         <v>242493742</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>41</v>
       </c>
       <c r="G21" t="s">
         <v>44</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69860724</v>
+        <v>70256057</v>
       </c>
       <c r="B22">
         <v>2.4249374250383E+14</v>
       </c>
       <c r="C22">
         <v>503831</v>
       </c>
       <c r="D22">
         <v>242493742</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>46</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1271,105 +1271,105 @@
       </c>
       <c r="C25">
         <v>503831</v>
       </c>
       <c r="D25">
         <v>242493742</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25" t="s">
         <v>52</v>
       </c>
       <c r="G25" t="s">
         <v>53</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69860725</v>
+        <v>70256058</v>
       </c>
       <c r="B26">
         <v>2.4249374250383E+14</v>
       </c>
       <c r="C26">
         <v>503831</v>
       </c>
       <c r="D26">
         <v>242493742</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
         <v>55</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69860726</v>
+        <v>70256059</v>
       </c>
       <c r="B27">
         <v>2.4249374250383E+14</v>
       </c>
       <c r="C27">
         <v>503831</v>
       </c>
       <c r="D27">
         <v>242493742</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69860727</v>
+        <v>70256060</v>
       </c>
       <c r="B28">
         <v>2.4249374250383E+14</v>
       </c>
       <c r="C28">
         <v>503831</v>
       </c>
       <c r="D28">
         <v>242493742</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>58</v>
       </c>
       <c r="G28" t="s">
         <v>59</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>