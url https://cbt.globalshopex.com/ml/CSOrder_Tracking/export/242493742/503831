--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1157,51 +1157,51 @@
       </c>
       <c r="C21">
         <v>503831</v>
       </c>
       <c r="D21">
         <v>242493742</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>41</v>
       </c>
       <c r="G21" t="s">
         <v>44</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70256057</v>
+        <v>70539021</v>
       </c>
       <c r="B22">
         <v>2.4249374250383E+14</v>
       </c>
       <c r="C22">
         <v>503831</v>
       </c>
       <c r="D22">
         <v>242493742</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>46</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1271,105 +1271,105 @@
       </c>
       <c r="C25">
         <v>503831</v>
       </c>
       <c r="D25">
         <v>242493742</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25" t="s">
         <v>52</v>
       </c>
       <c r="G25" t="s">
         <v>53</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70256058</v>
+        <v>70539022</v>
       </c>
       <c r="B26">
         <v>2.4249374250383E+14</v>
       </c>
       <c r="C26">
         <v>503831</v>
       </c>
       <c r="D26">
         <v>242493742</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
         <v>55</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70256059</v>
+        <v>70539025</v>
       </c>
       <c r="B27">
         <v>2.4249374250383E+14</v>
       </c>
       <c r="C27">
         <v>503831</v>
       </c>
       <c r="D27">
         <v>242493742</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70256060</v>
+        <v>70539026</v>
       </c>
       <c r="B28">
         <v>2.4249374250383E+14</v>
       </c>
       <c r="C28">
         <v>503831</v>
       </c>
       <c r="D28">
         <v>242493742</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>58</v>
       </c>
       <c r="G28" t="s">
         <v>59</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>