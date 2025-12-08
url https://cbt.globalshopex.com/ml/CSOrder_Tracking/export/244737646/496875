--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1234,51 +1234,51 @@
       </c>
       <c r="C22">
         <v>496875</v>
       </c>
       <c r="D22">
         <v>244737646</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69875415</v>
+        <v>70330374</v>
       </c>
       <c r="B23">
         <v>2.4473764649688E+14</v>
       </c>
       <c r="C23">
         <v>496875</v>
       </c>
       <c r="D23">
         <v>244737646</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:9">
@@ -1522,105 +1522,105 @@
       </c>
       <c r="C32">
         <v>496875</v>
       </c>
       <c r="D32">
         <v>244737646</v>
       </c>
       <c r="E32" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
         <v>38</v>
       </c>
       <c r="G32" t="s">
         <v>69</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69875417</v>
+        <v>70330376</v>
       </c>
       <c r="B33">
         <v>2.4473764649688E+14</v>
       </c>
       <c r="C33">
         <v>496875</v>
       </c>
       <c r="D33">
         <v>244737646</v>
       </c>
       <c r="E33" t="s">
         <v>52</v>
       </c>
       <c r="F33" t="s">
         <v>70</v>
       </c>
       <c r="G33" t="s">
         <v>71</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69875418</v>
+        <v>70330377</v>
       </c>
       <c r="B34">
         <v>2.4473764649688E+14</v>
       </c>
       <c r="C34">
         <v>496875</v>
       </c>
       <c r="D34">
         <v>244737646</v>
       </c>
       <c r="E34" t="s">
         <v>52</v>
       </c>
       <c r="F34" t="s">
         <v>72</v>
       </c>
       <c r="G34" t="s">
         <v>73</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69875416</v>
+        <v>70330375</v>
       </c>
       <c r="B35">
         <v>2.4473764649688E+14</v>
       </c>
       <c r="C35">
         <v>496875</v>
       </c>
       <c r="D35">
         <v>244737646</v>
       </c>
       <c r="E35" t="s">
         <v>52</v>
       </c>
       <c r="F35" t="s">
         <v>74</v>
       </c>
       <c r="G35" t="s">
         <v>75</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>