--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1234,51 +1234,51 @@
       </c>
       <c r="C22">
         <v>496875</v>
       </c>
       <c r="D22">
         <v>244737646</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70330374</v>
+        <v>70772980</v>
       </c>
       <c r="B23">
         <v>2.4473764649688E+14</v>
       </c>
       <c r="C23">
         <v>496875</v>
       </c>
       <c r="D23">
         <v>244737646</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:9">
@@ -1522,105 +1522,105 @@
       </c>
       <c r="C32">
         <v>496875</v>
       </c>
       <c r="D32">
         <v>244737646</v>
       </c>
       <c r="E32" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
         <v>38</v>
       </c>
       <c r="G32" t="s">
         <v>69</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70330376</v>
+        <v>70772982</v>
       </c>
       <c r="B33">
         <v>2.4473764649688E+14</v>
       </c>
       <c r="C33">
         <v>496875</v>
       </c>
       <c r="D33">
         <v>244737646</v>
       </c>
       <c r="E33" t="s">
         <v>52</v>
       </c>
       <c r="F33" t="s">
         <v>70</v>
       </c>
       <c r="G33" t="s">
         <v>71</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70330377</v>
+        <v>70772983</v>
       </c>
       <c r="B34">
         <v>2.4473764649688E+14</v>
       </c>
       <c r="C34">
         <v>496875</v>
       </c>
       <c r="D34">
         <v>244737646</v>
       </c>
       <c r="E34" t="s">
         <v>52</v>
       </c>
       <c r="F34" t="s">
         <v>72</v>
       </c>
       <c r="G34" t="s">
         <v>73</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70330375</v>
+        <v>70772981</v>
       </c>
       <c r="B35">
         <v>2.4473764649688E+14</v>
       </c>
       <c r="C35">
         <v>496875</v>
       </c>
       <c r="D35">
         <v>244737646</v>
       </c>
       <c r="E35" t="s">
         <v>52</v>
       </c>
       <c r="F35" t="s">
         <v>74</v>
       </c>
       <c r="G35" t="s">
         <v>75</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>