--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -775,51 +775,51 @@
       </c>
       <c r="C7">
         <v>497999</v>
       </c>
       <c r="D7">
         <v>245538946</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69873979</v>
+        <v>70772652</v>
       </c>
       <c r="B8">
         <v>2.45538946498E+14</v>
       </c>
       <c r="C8">
         <v>497999</v>
       </c>
       <c r="D8">
         <v>245538946</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -1382,105 +1382,105 @@
       </c>
       <c r="C28">
         <v>497999</v>
       </c>
       <c r="D28">
         <v>245538946</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>36</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69873980</v>
+        <v>70772653</v>
       </c>
       <c r="B29">
         <v>2.45538946498E+14</v>
       </c>
       <c r="C29">
         <v>497999</v>
       </c>
       <c r="D29">
         <v>245538946</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69873981</v>
+        <v>70772654</v>
       </c>
       <c r="B30">
         <v>2.45538946498E+14</v>
       </c>
       <c r="C30">
         <v>497999</v>
       </c>
       <c r="D30">
         <v>245538946</v>
       </c>
       <c r="E30" t="s">
         <v>25</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>65</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69873982</v>
+        <v>70772655</v>
       </c>
       <c r="B31">
         <v>2.45538946498E+14</v>
       </c>
       <c r="C31">
         <v>497999</v>
       </c>
       <c r="D31">
         <v>245538946</v>
       </c>
       <c r="E31" t="s">
         <v>25</v>
       </c>
       <c r="F31" t="s">
         <v>66</v>
       </c>
       <c r="G31" t="s">
         <v>67</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>