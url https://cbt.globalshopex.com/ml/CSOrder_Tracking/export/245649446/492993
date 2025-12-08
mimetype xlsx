--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -641,51 +641,51 @@
       </c>
       <c r="C3">
         <v>492993</v>
       </c>
       <c r="D3">
         <v>245649446</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69877310</v>
+        <v>70330436</v>
       </c>
       <c r="B4">
         <v>2.4564944649299E+14</v>
       </c>
       <c r="C4">
         <v>492993</v>
       </c>
       <c r="D4">
         <v>245649446</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -1190,105 +1190,105 @@
       </c>
       <c r="C22">
         <v>492993</v>
       </c>
       <c r="D22">
         <v>245649446</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69877312</v>
+        <v>70330438</v>
       </c>
       <c r="B23">
         <v>2.4564944649299E+14</v>
       </c>
       <c r="C23">
         <v>492993</v>
       </c>
       <c r="D23">
         <v>245649446</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69877311</v>
+        <v>70330437</v>
       </c>
       <c r="B24">
         <v>2.4564944649299E+14</v>
       </c>
       <c r="C24">
         <v>492993</v>
       </c>
       <c r="D24">
         <v>245649446</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69877313</v>
+        <v>70330439</v>
       </c>
       <c r="B25">
         <v>2.4564944649299E+14</v>
       </c>
       <c r="C25">
         <v>492993</v>
       </c>
       <c r="D25">
         <v>245649446</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>