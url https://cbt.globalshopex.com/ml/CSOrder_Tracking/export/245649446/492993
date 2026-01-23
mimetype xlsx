--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -641,51 +641,51 @@
       </c>
       <c r="C3">
         <v>492993</v>
       </c>
       <c r="D3">
         <v>245649446</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70330436</v>
+        <v>70773277</v>
       </c>
       <c r="B4">
         <v>2.4564944649299E+14</v>
       </c>
       <c r="C4">
         <v>492993</v>
       </c>
       <c r="D4">
         <v>245649446</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -1190,105 +1190,105 @@
       </c>
       <c r="C22">
         <v>492993</v>
       </c>
       <c r="D22">
         <v>245649446</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70330438</v>
+        <v>70773279</v>
       </c>
       <c r="B23">
         <v>2.4564944649299E+14</v>
       </c>
       <c r="C23">
         <v>492993</v>
       </c>
       <c r="D23">
         <v>245649446</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330437</v>
+        <v>70773278</v>
       </c>
       <c r="B24">
         <v>2.4564944649299E+14</v>
       </c>
       <c r="C24">
         <v>492993</v>
       </c>
       <c r="D24">
         <v>245649446</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330439</v>
+        <v>70773280</v>
       </c>
       <c r="B25">
         <v>2.4564944649299E+14</v>
       </c>
       <c r="C25">
         <v>492993</v>
       </c>
       <c r="D25">
         <v>245649446</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>