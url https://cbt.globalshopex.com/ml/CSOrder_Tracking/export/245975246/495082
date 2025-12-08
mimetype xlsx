--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1312,51 +1312,51 @@
       </c>
       <c r="C25">
         <v>495082</v>
       </c>
       <c r="D25">
         <v>245975246</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69875501</v>
+        <v>70330418</v>
       </c>
       <c r="B26">
         <v>2.4597524649508E+14</v>
       </c>
       <c r="C26">
         <v>495082</v>
       </c>
       <c r="D26">
         <v>245975246</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1455,105 +1455,105 @@
       </c>
       <c r="C30">
         <v>495082</v>
       </c>
       <c r="D30">
         <v>245975246</v>
       </c>
       <c r="E30" t="s">
         <v>60</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>66</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69875502</v>
+        <v>70330419</v>
       </c>
       <c r="B31">
         <v>2.4597524649508E+14</v>
       </c>
       <c r="C31">
         <v>495082</v>
       </c>
       <c r="D31">
         <v>245975246</v>
       </c>
       <c r="E31" t="s">
         <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>67</v>
       </c>
       <c r="G31" t="s">
         <v>68</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69875503</v>
+        <v>70330420</v>
       </c>
       <c r="B32">
         <v>2.4597524649508E+14</v>
       </c>
       <c r="C32">
         <v>495082</v>
       </c>
       <c r="D32">
         <v>245975246</v>
       </c>
       <c r="E32" t="s">
         <v>57</v>
       </c>
       <c r="F32" t="s">
         <v>69</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69875504</v>
+        <v>70330421</v>
       </c>
       <c r="B33">
         <v>2.4597524649508E+14</v>
       </c>
       <c r="C33">
         <v>495082</v>
       </c>
       <c r="D33">
         <v>245975246</v>
       </c>
       <c r="E33" t="s">
         <v>57</v>
       </c>
       <c r="F33" t="s">
         <v>71</v>
       </c>
       <c r="G33" t="s">
         <v>72</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>