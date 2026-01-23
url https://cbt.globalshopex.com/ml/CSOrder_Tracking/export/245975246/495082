--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1312,51 +1312,51 @@
       </c>
       <c r="C25">
         <v>495082</v>
       </c>
       <c r="D25">
         <v>245975246</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330418</v>
+        <v>70772968</v>
       </c>
       <c r="B26">
         <v>2.4597524649508E+14</v>
       </c>
       <c r="C26">
         <v>495082</v>
       </c>
       <c r="D26">
         <v>245975246</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1455,105 +1455,105 @@
       </c>
       <c r="C30">
         <v>495082</v>
       </c>
       <c r="D30">
         <v>245975246</v>
       </c>
       <c r="E30" t="s">
         <v>60</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>66</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70330419</v>
+        <v>70772969</v>
       </c>
       <c r="B31">
         <v>2.4597524649508E+14</v>
       </c>
       <c r="C31">
         <v>495082</v>
       </c>
       <c r="D31">
         <v>245975246</v>
       </c>
       <c r="E31" t="s">
         <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>67</v>
       </c>
       <c r="G31" t="s">
         <v>68</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70330420</v>
+        <v>70772970</v>
       </c>
       <c r="B32">
         <v>2.4597524649508E+14</v>
       </c>
       <c r="C32">
         <v>495082</v>
       </c>
       <c r="D32">
         <v>245975246</v>
       </c>
       <c r="E32" t="s">
         <v>57</v>
       </c>
       <c r="F32" t="s">
         <v>69</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70330421</v>
+        <v>70772971</v>
       </c>
       <c r="B33">
         <v>2.4597524649508E+14</v>
       </c>
       <c r="C33">
         <v>495082</v>
       </c>
       <c r="D33">
         <v>245975246</v>
       </c>
       <c r="E33" t="s">
         <v>57</v>
       </c>
       <c r="F33" t="s">
         <v>71</v>
       </c>
       <c r="G33" t="s">
         <v>72</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>