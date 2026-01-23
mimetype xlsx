--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -592,51 +592,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69872727</v>
+        <v>70772605</v>
       </c>
       <c r="B2">
         <v>2.4722684649898E+14</v>
       </c>
       <c r="C2">
         <v>498985</v>
       </c>
       <c r="D2">
         <v>247226846</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1228,105 +1228,105 @@
       </c>
       <c r="C23">
         <v>498985</v>
       </c>
       <c r="D23">
         <v>247226846</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>37</v>
       </c>
       <c r="G23" t="s">
         <v>58</v>
       </c>
       <c r="H23" t="s">
         <v>15</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69872728</v>
+        <v>70772607</v>
       </c>
       <c r="B24">
         <v>2.4722684649898E+14</v>
       </c>
       <c r="C24">
         <v>498985</v>
       </c>
       <c r="D24">
         <v>247226846</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>59</v>
       </c>
       <c r="G24" t="s">
         <v>60</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69872729</v>
+        <v>70772608</v>
       </c>
       <c r="B25">
         <v>2.4722684649898E+14</v>
       </c>
       <c r="C25">
         <v>498985</v>
       </c>
       <c r="D25">
         <v>247226846</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>61</v>
       </c>
       <c r="G25" t="s">
         <v>62</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69872730</v>
+        <v>70772611</v>
       </c>
       <c r="B26">
         <v>2.4722684649898E+14</v>
       </c>
       <c r="C26">
         <v>498985</v>
       </c>
       <c r="D26">
         <v>247226846</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
         <v>63</v>
       </c>
       <c r="G26" t="s">
         <v>64</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>