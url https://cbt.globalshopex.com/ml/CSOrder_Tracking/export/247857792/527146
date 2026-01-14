--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -943,51 +943,51 @@
       </c>
       <c r="C13">
         <v>527146</v>
       </c>
       <c r="D13">
         <v>247857792</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>30</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69909608</v>
+        <v>70715833</v>
       </c>
       <c r="B14">
         <v>2.4785779252715E+14</v>
       </c>
       <c r="C14">
         <v>527146</v>
       </c>
       <c r="D14">
         <v>247857792</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14" t="s">
         <v>33</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1376,51 +1376,51 @@
       </c>
       <c r="C28">
         <v>527146</v>
       </c>
       <c r="D28">
         <v>247857792</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>51</v>
       </c>
       <c r="G28" t="s">
         <v>54</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69909607</v>
+        <v>70715832</v>
       </c>
       <c r="B29">
         <v>2.4785779252715E+14</v>
       </c>
       <c r="C29">
         <v>527146</v>
       </c>
       <c r="D29">
         <v>247857792</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>55</v>
       </c>
       <c r="G29" t="s">
         <v>56</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:9">
@@ -1461,105 +1461,105 @@
       </c>
       <c r="C31">
         <v>527146</v>
       </c>
       <c r="D31">
         <v>247857792</v>
       </c>
       <c r="E31" t="s">
         <v>35</v>
       </c>
       <c r="F31" t="s">
         <v>36</v>
       </c>
       <c r="G31" t="s">
         <v>59</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69909610</v>
+        <v>70715835</v>
       </c>
       <c r="B32">
         <v>2.4785779252715E+14</v>
       </c>
       <c r="C32">
         <v>527146</v>
       </c>
       <c r="D32">
         <v>247857792</v>
       </c>
       <c r="E32" t="s">
         <v>31</v>
       </c>
       <c r="F32" t="s">
         <v>60</v>
       </c>
       <c r="G32" t="s">
         <v>61</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69909609</v>
+        <v>70715834</v>
       </c>
       <c r="B33">
         <v>2.4785779252715E+14</v>
       </c>
       <c r="C33">
         <v>527146</v>
       </c>
       <c r="D33">
         <v>247857792</v>
       </c>
       <c r="E33" t="s">
         <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>62</v>
       </c>
       <c r="G33" t="s">
         <v>63</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69909611</v>
+        <v>70715836</v>
       </c>
       <c r="B34">
         <v>2.4785779252715E+14</v>
       </c>
       <c r="C34">
         <v>527146</v>
       </c>
       <c r="D34">
         <v>247857792</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>64</v>
       </c>
       <c r="G34" t="s">
         <v>65</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>