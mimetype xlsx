--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1160,132 +1160,132 @@
       </c>
       <c r="C21">
         <v>498502</v>
       </c>
       <c r="D21">
         <v>248311412</v>
       </c>
       <c r="E21" t="s">
         <v>43</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69873270</v>
+        <v>70259793</v>
       </c>
       <c r="B22">
         <v>2.483114124985E+14</v>
       </c>
       <c r="C22">
         <v>498502</v>
       </c>
       <c r="D22">
         <v>248311412</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69873271</v>
+        <v>70259794</v>
       </c>
       <c r="B23">
         <v>2.483114124985E+14</v>
       </c>
       <c r="C23">
         <v>498502</v>
       </c>
       <c r="D23">
         <v>248311412</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69873272</v>
+        <v>70259795</v>
       </c>
       <c r="B24">
         <v>2.483114124985E+14</v>
       </c>
       <c r="C24">
         <v>498502</v>
       </c>
       <c r="D24">
         <v>248311412</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69873273</v>
+        <v>70259796</v>
       </c>
       <c r="B25">
         <v>2.483114124985E+14</v>
       </c>
       <c r="C25">
         <v>498502</v>
       </c>
       <c r="D25">
         <v>248311412</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>