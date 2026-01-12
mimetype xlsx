--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1160,132 +1160,132 @@
       </c>
       <c r="C21">
         <v>498502</v>
       </c>
       <c r="D21">
         <v>248311412</v>
       </c>
       <c r="E21" t="s">
         <v>43</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70259793</v>
+        <v>70642465</v>
       </c>
       <c r="B22">
         <v>2.483114124985E+14</v>
       </c>
       <c r="C22">
         <v>498502</v>
       </c>
       <c r="D22">
         <v>248311412</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70259794</v>
+        <v>70642467</v>
       </c>
       <c r="B23">
         <v>2.483114124985E+14</v>
       </c>
       <c r="C23">
         <v>498502</v>
       </c>
       <c r="D23">
         <v>248311412</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70259795</v>
+        <v>70642470</v>
       </c>
       <c r="B24">
         <v>2.483114124985E+14</v>
       </c>
       <c r="C24">
         <v>498502</v>
       </c>
       <c r="D24">
         <v>248311412</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70259796</v>
+        <v>70642471</v>
       </c>
       <c r="B25">
         <v>2.483114124985E+14</v>
       </c>
       <c r="C25">
         <v>498502</v>
       </c>
       <c r="D25">
         <v>248311412</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>