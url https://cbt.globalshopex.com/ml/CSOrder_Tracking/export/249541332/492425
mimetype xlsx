--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1108,51 +1108,51 @@
       </c>
       <c r="C19">
         <v>492425</v>
       </c>
       <c r="D19">
         <v>249541332</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>47</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69878990</v>
+        <v>70330444</v>
       </c>
       <c r="B20">
         <v>2.4954133249242E+14</v>
       </c>
       <c r="C20">
         <v>492425</v>
       </c>
       <c r="D20">
         <v>249541332</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1222,105 +1222,105 @@
       </c>
       <c r="C23">
         <v>492425</v>
       </c>
       <c r="D23">
         <v>249541332</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>28</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69878992</v>
+        <v>70330446</v>
       </c>
       <c r="B24">
         <v>2.4954133249242E+14</v>
       </c>
       <c r="C24">
         <v>492425</v>
       </c>
       <c r="D24">
         <v>249541332</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69878991</v>
+        <v>70330445</v>
       </c>
       <c r="B25">
         <v>2.4954133249242E+14</v>
       </c>
       <c r="C25">
         <v>492425</v>
       </c>
       <c r="D25">
         <v>249541332</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69878993</v>
+        <v>70330447</v>
       </c>
       <c r="B26">
         <v>2.4954133249242E+14</v>
       </c>
       <c r="C26">
         <v>492425</v>
       </c>
       <c r="D26">
         <v>249541332</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>