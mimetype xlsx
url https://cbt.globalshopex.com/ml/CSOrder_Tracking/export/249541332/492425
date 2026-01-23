--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1108,51 +1108,51 @@
       </c>
       <c r="C19">
         <v>492425</v>
       </c>
       <c r="D19">
         <v>249541332</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>47</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70330444</v>
+        <v>70773273</v>
       </c>
       <c r="B20">
         <v>2.4954133249242E+14</v>
       </c>
       <c r="C20">
         <v>492425</v>
       </c>
       <c r="D20">
         <v>249541332</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1222,105 +1222,105 @@
       </c>
       <c r="C23">
         <v>492425</v>
       </c>
       <c r="D23">
         <v>249541332</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>28</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330446</v>
+        <v>70773275</v>
       </c>
       <c r="B24">
         <v>2.4954133249242E+14</v>
       </c>
       <c r="C24">
         <v>492425</v>
       </c>
       <c r="D24">
         <v>249541332</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330445</v>
+        <v>70773274</v>
       </c>
       <c r="B25">
         <v>2.4954133249242E+14</v>
       </c>
       <c r="C25">
         <v>492425</v>
       </c>
       <c r="D25">
         <v>249541332</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330447</v>
+        <v>70773276</v>
       </c>
       <c r="B26">
         <v>2.4954133249242E+14</v>
       </c>
       <c r="C26">
         <v>492425</v>
       </c>
       <c r="D26">
         <v>249541332</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>