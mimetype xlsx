--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -610,51 +610,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69855912</v>
+        <v>70252702</v>
       </c>
       <c r="B2">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C2">
         <v>534375</v>
       </c>
       <c r="D2">
         <v>251647382</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -985,51 +985,51 @@
       </c>
       <c r="C14">
         <v>534375</v>
       </c>
       <c r="D14">
         <v>251647382</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>36</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69855911</v>
+        <v>70252701</v>
       </c>
       <c r="B15">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C15">
         <v>534375</v>
       </c>
       <c r="D15">
         <v>251647382</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1505,105 +1505,105 @@
       </c>
       <c r="C32">
         <v>534375</v>
       </c>
       <c r="D32">
         <v>251647382</v>
       </c>
       <c r="E32" t="s">
         <v>40</v>
       </c>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32" t="s">
         <v>64</v>
       </c>
       <c r="H32" t="s">
         <v>15</v>
       </c>
       <c r="I32" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69855914</v>
+        <v>70252704</v>
       </c>
       <c r="B33">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C33">
         <v>534375</v>
       </c>
       <c r="D33">
         <v>251647382</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>65</v>
       </c>
       <c r="G33" t="s">
         <v>66</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69855915</v>
+        <v>70252705</v>
       </c>
       <c r="B34">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C34">
         <v>534375</v>
       </c>
       <c r="D34">
         <v>251647382</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
         <v>67</v>
       </c>
       <c r="G34" t="s">
         <v>68</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69855913</v>
+        <v>70252703</v>
       </c>
       <c r="B35">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C35">
         <v>534375</v>
       </c>
       <c r="D35">
         <v>251647382</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
         <v>69</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>