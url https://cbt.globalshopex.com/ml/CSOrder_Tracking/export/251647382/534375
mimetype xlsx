--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -610,51 +610,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70252702</v>
+        <v>70534427</v>
       </c>
       <c r="B2">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C2">
         <v>534375</v>
       </c>
       <c r="D2">
         <v>251647382</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -985,51 +985,51 @@
       </c>
       <c r="C14">
         <v>534375</v>
       </c>
       <c r="D14">
         <v>251647382</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>36</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70252701</v>
+        <v>70534426</v>
       </c>
       <c r="B15">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C15">
         <v>534375</v>
       </c>
       <c r="D15">
         <v>251647382</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1505,105 +1505,105 @@
       </c>
       <c r="C32">
         <v>534375</v>
       </c>
       <c r="D32">
         <v>251647382</v>
       </c>
       <c r="E32" t="s">
         <v>40</v>
       </c>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32" t="s">
         <v>64</v>
       </c>
       <c r="H32" t="s">
         <v>15</v>
       </c>
       <c r="I32" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70252704</v>
+        <v>70534429</v>
       </c>
       <c r="B33">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C33">
         <v>534375</v>
       </c>
       <c r="D33">
         <v>251647382</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>65</v>
       </c>
       <c r="G33" t="s">
         <v>66</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70252705</v>
+        <v>70534430</v>
       </c>
       <c r="B34">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C34">
         <v>534375</v>
       </c>
       <c r="D34">
         <v>251647382</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
         <v>67</v>
       </c>
       <c r="G34" t="s">
         <v>68</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70252703</v>
+        <v>70534428</v>
       </c>
       <c r="B35">
         <v>2.5164738253438E+14</v>
       </c>
       <c r="C35">
         <v>534375</v>
       </c>
       <c r="D35">
         <v>251647382</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
         <v>69</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>