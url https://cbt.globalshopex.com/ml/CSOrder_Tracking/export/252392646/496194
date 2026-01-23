--- v0 (2025-10-12)
+++ v1 (2026-01-23)
@@ -1522,51 +1522,51 @@
       </c>
       <c r="C31">
         <v>496194</v>
       </c>
       <c r="D31">
         <v>252392646</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
         <v>66</v>
       </c>
       <c r="G31" t="s">
         <v>67</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69875394</v>
+        <v>70772958</v>
       </c>
       <c r="B32">
         <v>2.5239264649619E+14</v>
       </c>
       <c r="C32">
         <v>496194</v>
       </c>
       <c r="D32">
         <v>252392646</v>
       </c>
       <c r="E32" t="s">
         <v>68</v>
       </c>
       <c r="F32" t="s">
         <v>69</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:9">
@@ -1694,105 +1694,105 @@
       </c>
       <c r="C37">
         <v>496194</v>
       </c>
       <c r="D37">
         <v>252392646</v>
       </c>
       <c r="E37" t="s">
         <v>72</v>
       </c>
       <c r="F37" t="s">
         <v>75</v>
       </c>
       <c r="G37" t="s">
         <v>78</v>
       </c>
       <c r="H37" t="s">
         <v>12</v>
       </c>
       <c r="I37" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>69875396</v>
+        <v>70772964</v>
       </c>
       <c r="B38">
         <v>2.5239264649619E+14</v>
       </c>
       <c r="C38">
         <v>496194</v>
       </c>
       <c r="D38">
         <v>252392646</v>
       </c>
       <c r="E38" t="s">
         <v>68</v>
       </c>
       <c r="F38" t="s">
         <v>79</v>
       </c>
       <c r="G38" t="s">
         <v>80</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>69875397</v>
+        <v>70772966</v>
       </c>
       <c r="B39">
         <v>2.5239264649619E+14</v>
       </c>
       <c r="C39">
         <v>496194</v>
       </c>
       <c r="D39">
         <v>252392646</v>
       </c>
       <c r="E39" t="s">
         <v>68</v>
       </c>
       <c r="F39" t="s">
         <v>81</v>
       </c>
       <c r="G39" t="s">
         <v>82</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>69875395</v>
+        <v>70772961</v>
       </c>
       <c r="B40">
         <v>2.5239264649619E+14</v>
       </c>
       <c r="C40">
         <v>496194</v>
       </c>
       <c r="D40">
         <v>252392646</v>
       </c>
       <c r="E40" t="s">
         <v>68</v>
       </c>
       <c r="F40" t="s">
         <v>83</v>
       </c>
       <c r="G40" t="s">
         <v>84</v>
       </c>
       <c r="H40"/>
       <c r="I40" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>