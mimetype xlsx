--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1172,51 +1172,51 @@
       </c>
       <c r="C21">
         <v>500068</v>
       </c>
       <c r="D21">
         <v>252776642</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286170</v>
+        <v>70741074</v>
       </c>
       <c r="B22">
         <v>2.5277664250007E+14</v>
       </c>
       <c r="C22">
         <v>500068</v>
       </c>
       <c r="D22">
         <v>252776642</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1315,105 +1315,105 @@
       </c>
       <c r="C26">
         <v>500068</v>
       </c>
       <c r="D26">
         <v>252776642</v>
       </c>
       <c r="E26" t="s">
         <v>53</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286172</v>
+        <v>70741076</v>
       </c>
       <c r="B27">
         <v>2.5277664250007E+14</v>
       </c>
       <c r="C27">
         <v>500068</v>
       </c>
       <c r="D27">
         <v>252776642</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70286173</v>
+        <v>70741077</v>
       </c>
       <c r="B28">
         <v>2.5277664250007E+14</v>
       </c>
       <c r="C28">
         <v>500068</v>
       </c>
       <c r="D28">
         <v>252776642</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70286171</v>
+        <v>70741075</v>
       </c>
       <c r="B29">
         <v>2.5277664250007E+14</v>
       </c>
       <c r="C29">
         <v>500068</v>
       </c>
       <c r="D29">
         <v>252776642</v>
       </c>
       <c r="E29" t="s">
         <v>49</v>
       </c>
       <c r="F29" t="s">
         <v>63</v>
       </c>
       <c r="G29" t="s">
         <v>64</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>