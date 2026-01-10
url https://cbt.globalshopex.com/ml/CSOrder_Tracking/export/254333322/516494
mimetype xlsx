--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -1285,51 +1285,51 @@
       </c>
       <c r="C25">
         <v>516494</v>
       </c>
       <c r="D25">
         <v>254333322</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>48</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69861459</v>
+        <v>70534405</v>
       </c>
       <c r="B26">
         <v>2.5433332251649E+14</v>
       </c>
       <c r="C26">
         <v>516494</v>
       </c>
       <c r="D26">
         <v>254333322</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26" t="s">
         <v>50</v>
       </c>
       <c r="G26" t="s">
         <v>51</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1399,105 +1399,105 @@
       </c>
       <c r="C29">
         <v>516494</v>
       </c>
       <c r="D29">
         <v>254333322</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>56</v>
       </c>
       <c r="G29" t="s">
         <v>57</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69861461</v>
+        <v>70534407</v>
       </c>
       <c r="B30">
         <v>2.5433332251649E+14</v>
       </c>
       <c r="C30">
         <v>516494</v>
       </c>
       <c r="D30">
         <v>254333322</v>
       </c>
       <c r="E30" t="s">
         <v>49</v>
       </c>
       <c r="F30" t="s">
         <v>58</v>
       </c>
       <c r="G30" t="s">
         <v>59</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69861462</v>
+        <v>70534408</v>
       </c>
       <c r="B31">
         <v>2.5433332251649E+14</v>
       </c>
       <c r="C31">
         <v>516494</v>
       </c>
       <c r="D31">
         <v>254333322</v>
       </c>
       <c r="E31" t="s">
         <v>49</v>
       </c>
       <c r="F31" t="s">
         <v>60</v>
       </c>
       <c r="G31" t="s">
         <v>61</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69861460</v>
+        <v>70534406</v>
       </c>
       <c r="B32">
         <v>2.5433332251649E+14</v>
       </c>
       <c r="C32">
         <v>516494</v>
       </c>
       <c r="D32">
         <v>254333322</v>
       </c>
       <c r="E32" t="s">
         <v>49</v>
       </c>
       <c r="F32" t="s">
         <v>62</v>
       </c>
       <c r="G32" t="s">
         <v>63</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>