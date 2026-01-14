--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -854,51 +854,51 @@
       </c>
       <c r="C12">
         <v>527398</v>
       </c>
       <c r="D12">
         <v>254753792</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69909599</v>
+        <v>70535442</v>
       </c>
       <c r="B13">
         <v>2.547537925274E+14</v>
       </c>
       <c r="C13">
         <v>527398</v>
       </c>
       <c r="D13">
         <v>254753792</v>
       </c>
       <c r="E13" t="s">
         <v>35</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:9">
@@ -910,105 +910,105 @@
       </c>
       <c r="C14">
         <v>527398</v>
       </c>
       <c r="D14">
         <v>254753792</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69909601</v>
+        <v>70535444</v>
       </c>
       <c r="B15">
         <v>2.547537925274E+14</v>
       </c>
       <c r="C15">
         <v>527398</v>
       </c>
       <c r="D15">
         <v>254753792</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69909602</v>
+        <v>70535445</v>
       </c>
       <c r="B16">
         <v>2.547537925274E+14</v>
       </c>
       <c r="C16">
         <v>527398</v>
       </c>
       <c r="D16">
         <v>254753792</v>
       </c>
       <c r="E16" t="s">
         <v>35</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69909600</v>
+        <v>70535443</v>
       </c>
       <c r="B17">
         <v>2.547537925274E+14</v>
       </c>
       <c r="C17">
         <v>527398</v>
       </c>
       <c r="D17">
         <v>254753792</v>
       </c>
       <c r="E17" t="s">
         <v>35</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>