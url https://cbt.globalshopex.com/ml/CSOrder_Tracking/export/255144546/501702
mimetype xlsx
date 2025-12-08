--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1309,51 +1309,51 @@
       </c>
       <c r="C25">
         <v>501702</v>
       </c>
       <c r="D25">
         <v>255144546</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69870532</v>
+        <v>70330185</v>
       </c>
       <c r="B26">
         <v>2.551445465017E+14</v>
       </c>
       <c r="C26">
         <v>501702</v>
       </c>
       <c r="D26">
         <v>255144546</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1423,105 +1423,105 @@
       </c>
       <c r="C29">
         <v>501702</v>
       </c>
       <c r="D29">
         <v>255144546</v>
       </c>
       <c r="E29" t="s">
         <v>60</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69870534</v>
+        <v>70330187</v>
       </c>
       <c r="B30">
         <v>2.551445465017E+14</v>
       </c>
       <c r="C30">
         <v>501702</v>
       </c>
       <c r="D30">
         <v>255144546</v>
       </c>
       <c r="E30" t="s">
         <v>57</v>
       </c>
       <c r="F30" t="s">
         <v>66</v>
       </c>
       <c r="G30" t="s">
         <v>67</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69870533</v>
+        <v>70330186</v>
       </c>
       <c r="B31">
         <v>2.551445465017E+14</v>
       </c>
       <c r="C31">
         <v>501702</v>
       </c>
       <c r="D31">
         <v>255144546</v>
       </c>
       <c r="E31" t="s">
         <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>68</v>
       </c>
       <c r="G31" t="s">
         <v>69</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69870535</v>
+        <v>70330188</v>
       </c>
       <c r="B32">
         <v>2.551445465017E+14</v>
       </c>
       <c r="C32">
         <v>501702</v>
       </c>
       <c r="D32">
         <v>255144546</v>
       </c>
       <c r="E32" t="s">
         <v>57</v>
       </c>
       <c r="F32" t="s">
         <v>70</v>
       </c>
       <c r="G32" t="s">
         <v>71</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>