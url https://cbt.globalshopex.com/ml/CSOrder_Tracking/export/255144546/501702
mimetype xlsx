--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1309,51 +1309,51 @@
       </c>
       <c r="C25">
         <v>501702</v>
       </c>
       <c r="D25">
         <v>255144546</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330185</v>
+        <v>70532260</v>
       </c>
       <c r="B26">
         <v>2.551445465017E+14</v>
       </c>
       <c r="C26">
         <v>501702</v>
       </c>
       <c r="D26">
         <v>255144546</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1423,105 +1423,105 @@
       </c>
       <c r="C29">
         <v>501702</v>
       </c>
       <c r="D29">
         <v>255144546</v>
       </c>
       <c r="E29" t="s">
         <v>60</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70330187</v>
+        <v>70532262</v>
       </c>
       <c r="B30">
         <v>2.551445465017E+14</v>
       </c>
       <c r="C30">
         <v>501702</v>
       </c>
       <c r="D30">
         <v>255144546</v>
       </c>
       <c r="E30" t="s">
         <v>57</v>
       </c>
       <c r="F30" t="s">
         <v>66</v>
       </c>
       <c r="G30" t="s">
         <v>67</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70330186</v>
+        <v>70532261</v>
       </c>
       <c r="B31">
         <v>2.551445465017E+14</v>
       </c>
       <c r="C31">
         <v>501702</v>
       </c>
       <c r="D31">
         <v>255144546</v>
       </c>
       <c r="E31" t="s">
         <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>68</v>
       </c>
       <c r="G31" t="s">
         <v>69</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70330188</v>
+        <v>70532263</v>
       </c>
       <c r="B32">
         <v>2.551445465017E+14</v>
       </c>
       <c r="C32">
         <v>501702</v>
       </c>
       <c r="D32">
         <v>255144546</v>
       </c>
       <c r="E32" t="s">
         <v>57</v>
       </c>
       <c r="F32" t="s">
         <v>70</v>
       </c>
       <c r="G32" t="s">
         <v>71</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>