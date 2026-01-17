--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1055,51 +1055,51 @@
       </c>
       <c r="C18">
         <v>501439</v>
       </c>
       <c r="D18">
         <v>255317942</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>44</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70285965</v>
+        <v>70740904</v>
       </c>
       <c r="B19">
         <v>2.5531794250144E+14</v>
       </c>
       <c r="C19">
         <v>501439</v>
       </c>
       <c r="D19">
         <v>255317942</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:9">
@@ -1111,105 +1111,105 @@
       </c>
       <c r="C20">
         <v>501439</v>
       </c>
       <c r="D20">
         <v>255317942</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70285967</v>
+        <v>70740906</v>
       </c>
       <c r="B21">
         <v>2.5531794250144E+14</v>
       </c>
       <c r="C21">
         <v>501439</v>
       </c>
       <c r="D21">
         <v>255317942</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70285968</v>
+        <v>70740907</v>
       </c>
       <c r="B22">
         <v>2.5531794250144E+14</v>
       </c>
       <c r="C22">
         <v>501439</v>
       </c>
       <c r="D22">
         <v>255317942</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70285966</v>
+        <v>70740905</v>
       </c>
       <c r="B23">
         <v>2.5531794250144E+14</v>
       </c>
       <c r="C23">
         <v>501439</v>
       </c>
       <c r="D23">
         <v>255317942</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>