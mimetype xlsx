--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -803,51 +803,51 @@
       </c>
       <c r="C9">
         <v>498331</v>
       </c>
       <c r="D9">
         <v>255569442</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" t="s">
         <v>19</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70286514</v>
+        <v>70741649</v>
       </c>
       <c r="B10">
         <v>2.5556944249833E+14</v>
       </c>
       <c r="C10">
         <v>498331</v>
       </c>
       <c r="D10">
         <v>255569442</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:9">
@@ -1149,105 +1149,105 @@
       </c>
       <c r="C21">
         <v>498331</v>
       </c>
       <c r="D21">
         <v>255569442</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286516</v>
+        <v>70741651</v>
       </c>
       <c r="B22">
         <v>2.5556944249833E+14</v>
       </c>
       <c r="C22">
         <v>498331</v>
       </c>
       <c r="D22">
         <v>255569442</v>
       </c>
       <c r="E22" t="s">
         <v>28</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286517</v>
+        <v>70741652</v>
       </c>
       <c r="B23">
         <v>2.5556944249833E+14</v>
       </c>
       <c r="C23">
         <v>498331</v>
       </c>
       <c r="D23">
         <v>255569442</v>
       </c>
       <c r="E23" t="s">
         <v>28</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286515</v>
+        <v>70741650</v>
       </c>
       <c r="B24">
         <v>2.5556944249833E+14</v>
       </c>
       <c r="C24">
         <v>498331</v>
       </c>
       <c r="D24">
         <v>255569442</v>
       </c>
       <c r="E24" t="s">
         <v>28</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>