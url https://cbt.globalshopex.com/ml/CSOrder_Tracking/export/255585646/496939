--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1105,51 +1105,51 @@
       </c>
       <c r="C19">
         <v>496939</v>
       </c>
       <c r="D19">
         <v>255585646</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19" t="s">
         <v>46</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69875419</v>
+        <v>70330386</v>
       </c>
       <c r="B20">
         <v>2.5558564649694E+14</v>
       </c>
       <c r="C20">
         <v>496939</v>
       </c>
       <c r="D20">
         <v>255585646</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1219,105 +1219,105 @@
       </c>
       <c r="C23">
         <v>496939</v>
       </c>
       <c r="D23">
         <v>255585646</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69875421</v>
+        <v>70330388</v>
       </c>
       <c r="B24">
         <v>2.5558564649694E+14</v>
       </c>
       <c r="C24">
         <v>496939</v>
       </c>
       <c r="D24">
         <v>255585646</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69875420</v>
+        <v>70330387</v>
       </c>
       <c r="B25">
         <v>2.5558564649694E+14</v>
       </c>
       <c r="C25">
         <v>496939</v>
       </c>
       <c r="D25">
         <v>255585646</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69875422</v>
+        <v>70330389</v>
       </c>
       <c r="B26">
         <v>2.5558564649694E+14</v>
       </c>
       <c r="C26">
         <v>496939</v>
       </c>
       <c r="D26">
         <v>255585646</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>