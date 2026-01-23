--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1105,51 +1105,51 @@
       </c>
       <c r="C19">
         <v>496939</v>
       </c>
       <c r="D19">
         <v>255585646</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19" t="s">
         <v>46</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70330386</v>
+        <v>70772938</v>
       </c>
       <c r="B20">
         <v>2.5558564649694E+14</v>
       </c>
       <c r="C20">
         <v>496939</v>
       </c>
       <c r="D20">
         <v>255585646</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1219,105 +1219,105 @@
       </c>
       <c r="C23">
         <v>496939</v>
       </c>
       <c r="D23">
         <v>255585646</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330388</v>
+        <v>70772944</v>
       </c>
       <c r="B24">
         <v>2.5558564649694E+14</v>
       </c>
       <c r="C24">
         <v>496939</v>
       </c>
       <c r="D24">
         <v>255585646</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330387</v>
+        <v>70772940</v>
       </c>
       <c r="B25">
         <v>2.5558564649694E+14</v>
       </c>
       <c r="C25">
         <v>496939</v>
       </c>
       <c r="D25">
         <v>255585646</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330389</v>
+        <v>70772945</v>
       </c>
       <c r="B26">
         <v>2.5558564649694E+14</v>
       </c>
       <c r="C26">
         <v>496939</v>
       </c>
       <c r="D26">
         <v>255585646</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>