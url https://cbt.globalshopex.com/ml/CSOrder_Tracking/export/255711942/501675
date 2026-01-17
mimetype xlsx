--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1707,51 +1707,51 @@
       </c>
       <c r="C38">
         <v>501675</v>
       </c>
       <c r="D38">
         <v>255711942</v>
       </c>
       <c r="E38" t="s">
         <v>17</v>
       </c>
       <c r="F38" t="s">
         <v>63</v>
       </c>
       <c r="G38" t="s">
         <v>62</v>
       </c>
       <c r="H38" t="s">
         <v>12</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>70285973</v>
+        <v>70740680</v>
       </c>
       <c r="B39">
         <v>2.5571194250168E+14</v>
       </c>
       <c r="C39">
         <v>501675</v>
       </c>
       <c r="D39">
         <v>255711942</v>
       </c>
       <c r="E39" t="s">
         <v>64</v>
       </c>
       <c r="F39" t="s">
         <v>65</v>
       </c>
       <c r="G39" t="s">
         <v>66</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="40" spans="1:9">
@@ -1821,105 +1821,105 @@
       </c>
       <c r="C42">
         <v>501675</v>
       </c>
       <c r="D42">
         <v>255711942</v>
       </c>
       <c r="E42" t="s">
         <v>68</v>
       </c>
       <c r="F42" t="s">
         <v>71</v>
       </c>
       <c r="G42" t="s">
         <v>72</v>
       </c>
       <c r="H42" t="s">
         <v>12</v>
       </c>
       <c r="I42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>70285975</v>
+        <v>70740682</v>
       </c>
       <c r="B43">
         <v>2.5571194250168E+14</v>
       </c>
       <c r="C43">
         <v>501675</v>
       </c>
       <c r="D43">
         <v>255711942</v>
       </c>
       <c r="E43" t="s">
         <v>64</v>
       </c>
       <c r="F43" t="s">
         <v>73</v>
       </c>
       <c r="G43" t="s">
         <v>74</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>70285976</v>
+        <v>70740683</v>
       </c>
       <c r="B44">
         <v>2.5571194250168E+14</v>
       </c>
       <c r="C44">
         <v>501675</v>
       </c>
       <c r="D44">
         <v>255711942</v>
       </c>
       <c r="E44" t="s">
         <v>64</v>
       </c>
       <c r="F44" t="s">
         <v>75</v>
       </c>
       <c r="G44" t="s">
         <v>76</v>
       </c>
       <c r="H44"/>
       <c r="I44" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>70285974</v>
+        <v>70740681</v>
       </c>
       <c r="B45">
         <v>2.5571194250168E+14</v>
       </c>
       <c r="C45">
         <v>501675</v>
       </c>
       <c r="D45">
         <v>255711942</v>
       </c>
       <c r="E45" t="s">
         <v>64</v>
       </c>
       <c r="F45" t="s">
         <v>77</v>
       </c>
       <c r="G45" t="s">
         <v>78</v>
       </c>
       <c r="H45"/>
       <c r="I45" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>