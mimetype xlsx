--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1056,51 +1056,51 @@
       </c>
       <c r="C17">
         <v>501149</v>
       </c>
       <c r="D17">
         <v>255849942</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>39</v>
       </c>
       <c r="G17" t="s">
         <v>40</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70286087</v>
+        <v>70740969</v>
       </c>
       <c r="B18">
         <v>2.5584994250115E+14</v>
       </c>
       <c r="C18">
         <v>501149</v>
       </c>
       <c r="D18">
         <v>255849942</v>
       </c>
       <c r="E18" t="s">
         <v>41</v>
       </c>
       <c r="F18" t="s">
         <v>42</v>
       </c>
       <c r="G18" t="s">
         <v>43</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:9">
@@ -1344,105 +1344,105 @@
       </c>
       <c r="C27">
         <v>501149</v>
       </c>
       <c r="D27">
         <v>255849942</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>35</v>
       </c>
       <c r="G27" t="s">
         <v>58</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70286089</v>
+        <v>70740971</v>
       </c>
       <c r="B28">
         <v>2.5584994250115E+14</v>
       </c>
       <c r="C28">
         <v>501149</v>
       </c>
       <c r="D28">
         <v>255849942</v>
       </c>
       <c r="E28" t="s">
         <v>41</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70286088</v>
+        <v>70740970</v>
       </c>
       <c r="B29">
         <v>2.5584994250115E+14</v>
       </c>
       <c r="C29">
         <v>501149</v>
       </c>
       <c r="D29">
         <v>255849942</v>
       </c>
       <c r="E29" t="s">
         <v>41</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70286090</v>
+        <v>70740972</v>
       </c>
       <c r="B30">
         <v>2.5584994250115E+14</v>
       </c>
       <c r="C30">
         <v>501149</v>
       </c>
       <c r="D30">
         <v>255849942</v>
       </c>
       <c r="E30" t="s">
         <v>41</v>
       </c>
       <c r="F30" t="s">
         <v>63</v>
       </c>
       <c r="G30" t="s">
         <v>64</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>