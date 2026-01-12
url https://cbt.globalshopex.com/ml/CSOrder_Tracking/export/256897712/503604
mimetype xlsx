--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -1972,132 +1972,132 @@
       </c>
       <c r="C46">
         <v>503604</v>
       </c>
       <c r="D46">
         <v>256897712</v>
       </c>
       <c r="E46" t="s">
         <v>17</v>
       </c>
       <c r="F46" t="s">
         <v>47</v>
       </c>
       <c r="G46" t="s">
         <v>80</v>
       </c>
       <c r="H46" t="s">
         <v>12</v>
       </c>
       <c r="I46" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>69859650</v>
+        <v>70622276</v>
       </c>
       <c r="B47">
         <v>2.568977125036E+14</v>
       </c>
       <c r="C47">
         <v>503604</v>
       </c>
       <c r="D47">
         <v>256897712</v>
       </c>
       <c r="E47" t="s">
         <v>81</v>
       </c>
       <c r="F47" t="s">
         <v>82</v>
       </c>
       <c r="G47" t="s">
         <v>83</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>69859652</v>
+        <v>70622278</v>
       </c>
       <c r="B48">
         <v>2.568977125036E+14</v>
       </c>
       <c r="C48">
         <v>503604</v>
       </c>
       <c r="D48">
         <v>256897712</v>
       </c>
       <c r="E48" t="s">
         <v>81</v>
       </c>
       <c r="F48" t="s">
         <v>84</v>
       </c>
       <c r="G48" t="s">
         <v>85</v>
       </c>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>69859651</v>
+        <v>70622277</v>
       </c>
       <c r="B49">
         <v>2.568977125036E+14</v>
       </c>
       <c r="C49">
         <v>503604</v>
       </c>
       <c r="D49">
         <v>256897712</v>
       </c>
       <c r="E49" t="s">
         <v>81</v>
       </c>
       <c r="F49" t="s">
         <v>86</v>
       </c>
       <c r="G49" t="s">
         <v>87</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>69859653</v>
+        <v>70622279</v>
       </c>
       <c r="B50">
         <v>2.568977125036E+14</v>
       </c>
       <c r="C50">
         <v>503604</v>
       </c>
       <c r="D50">
         <v>256897712</v>
       </c>
       <c r="E50" t="s">
         <v>81</v>
       </c>
       <c r="F50" t="s">
         <v>88</v>
       </c>
       <c r="G50" t="s">
         <v>89</v>
       </c>
       <c r="H50"/>
       <c r="I50" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>