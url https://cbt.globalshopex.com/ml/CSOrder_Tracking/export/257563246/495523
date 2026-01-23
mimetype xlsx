--- v0 (2025-10-12)
+++ v1 (2026-01-23)
@@ -1213,51 +1213,51 @@
       </c>
       <c r="C22">
         <v>495523</v>
       </c>
       <c r="D22">
         <v>257563246</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69876475</v>
+        <v>70772932</v>
       </c>
       <c r="B23">
         <v>2.5756324649552E+14</v>
       </c>
       <c r="C23">
         <v>495523</v>
       </c>
       <c r="D23">
         <v>257563246</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:9">
@@ -1327,105 +1327,105 @@
       </c>
       <c r="C26">
         <v>495523</v>
       </c>
       <c r="D26">
         <v>257563246</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>36</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69876477</v>
+        <v>70772934</v>
       </c>
       <c r="B27">
         <v>2.5756324649552E+14</v>
       </c>
       <c r="C27">
         <v>495523</v>
       </c>
       <c r="D27">
         <v>257563246</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69876476</v>
+        <v>70772933</v>
       </c>
       <c r="B28">
         <v>2.5756324649552E+14</v>
       </c>
       <c r="C28">
         <v>495523</v>
       </c>
       <c r="D28">
         <v>257563246</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69876478</v>
+        <v>70772935</v>
       </c>
       <c r="B29">
         <v>2.5756324649552E+14</v>
       </c>
       <c r="C29">
         <v>495523</v>
       </c>
       <c r="D29">
         <v>257563246</v>
       </c>
       <c r="E29" t="s">
         <v>54</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>