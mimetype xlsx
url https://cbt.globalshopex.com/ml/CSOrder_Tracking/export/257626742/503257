--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1320,51 +1320,51 @@
       </c>
       <c r="C26">
         <v>503257</v>
       </c>
       <c r="D26">
         <v>257626742</v>
       </c>
       <c r="E26" t="s">
         <v>18</v>
       </c>
       <c r="F26" t="s">
         <v>47</v>
       </c>
       <c r="G26" t="s">
         <v>50</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286056</v>
+        <v>70740506</v>
       </c>
       <c r="B27">
         <v>2.5762674250326E+14</v>
       </c>
       <c r="C27">
         <v>503257</v>
       </c>
       <c r="D27">
         <v>257626742</v>
       </c>
       <c r="E27" t="s">
         <v>51</v>
       </c>
       <c r="F27" t="s">
         <v>52</v>
       </c>
       <c r="G27" t="s">
         <v>53</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1434,105 +1434,105 @@
       </c>
       <c r="C30">
         <v>503257</v>
       </c>
       <c r="D30">
         <v>257626742</v>
       </c>
       <c r="E30" t="s">
         <v>54</v>
       </c>
       <c r="F30" t="s">
         <v>58</v>
       </c>
       <c r="G30" t="s">
         <v>59</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70286058</v>
+        <v>70740512</v>
       </c>
       <c r="B31">
         <v>2.5762674250326E+14</v>
       </c>
       <c r="C31">
         <v>503257</v>
       </c>
       <c r="D31">
         <v>257626742</v>
       </c>
       <c r="E31" t="s">
         <v>51</v>
       </c>
       <c r="F31" t="s">
         <v>60</v>
       </c>
       <c r="G31" t="s">
         <v>61</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70286057</v>
+        <v>70740507</v>
       </c>
       <c r="B32">
         <v>2.5762674250326E+14</v>
       </c>
       <c r="C32">
         <v>503257</v>
       </c>
       <c r="D32">
         <v>257626742</v>
       </c>
       <c r="E32" t="s">
         <v>51</v>
       </c>
       <c r="F32" t="s">
         <v>62</v>
       </c>
       <c r="G32" t="s">
         <v>63</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70286059</v>
+        <v>70740513</v>
       </c>
       <c r="B33">
         <v>2.5762674250326E+14</v>
       </c>
       <c r="C33">
         <v>503257</v>
       </c>
       <c r="D33">
         <v>257626742</v>
       </c>
       <c r="E33" t="s">
         <v>51</v>
       </c>
       <c r="F33" t="s">
         <v>64</v>
       </c>
       <c r="G33" t="s">
         <v>65</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>