--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -1242,51 +1242,51 @@
       </c>
       <c r="C23">
         <v>498621</v>
       </c>
       <c r="D23">
         <v>258113946</v>
       </c>
       <c r="E23" t="s">
         <v>53</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69875032</v>
+        <v>70772596</v>
       </c>
       <c r="B24">
         <v>2.5811394649862E+14</v>
       </c>
       <c r="C24">
         <v>498621</v>
       </c>
       <c r="D24">
         <v>258113946</v>
       </c>
       <c r="E24" t="s">
         <v>58</v>
       </c>
       <c r="F24" t="s">
         <v>59</v>
       </c>
       <c r="G24" t="s">
         <v>60</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1327,105 +1327,105 @@
       </c>
       <c r="C26">
         <v>498621</v>
       </c>
       <c r="D26">
         <v>258113946</v>
       </c>
       <c r="E26" t="s">
         <v>53</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69875034</v>
+        <v>70772598</v>
       </c>
       <c r="B27">
         <v>2.5811394649862E+14</v>
       </c>
       <c r="C27">
         <v>498621</v>
       </c>
       <c r="D27">
         <v>258113946</v>
       </c>
       <c r="E27" t="s">
         <v>58</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69875035</v>
+        <v>70772599</v>
       </c>
       <c r="B28">
         <v>2.5811394649862E+14</v>
       </c>
       <c r="C28">
         <v>498621</v>
       </c>
       <c r="D28">
         <v>258113946</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69875033</v>
+        <v>70772597</v>
       </c>
       <c r="B29">
         <v>2.5811394649862E+14</v>
       </c>
       <c r="C29">
         <v>498621</v>
       </c>
       <c r="D29">
         <v>258113946</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>