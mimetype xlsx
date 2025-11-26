--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1291,132 +1291,132 @@
       </c>
       <c r="C25">
         <v>511331</v>
       </c>
       <c r="D25">
         <v>258193932</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69859665</v>
+        <v>70041438</v>
       </c>
       <c r="B26">
         <v>2.5819393251133E+14</v>
       </c>
       <c r="C26">
         <v>511331</v>
       </c>
       <c r="D26">
         <v>258193932</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69859666</v>
+        <v>70041439</v>
       </c>
       <c r="B27">
         <v>2.5819393251133E+14</v>
       </c>
       <c r="C27">
         <v>511331</v>
       </c>
       <c r="D27">
         <v>258193932</v>
       </c>
       <c r="E27" t="s">
         <v>57</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69859667</v>
+        <v>70041440</v>
       </c>
       <c r="B28">
         <v>2.5819393251133E+14</v>
       </c>
       <c r="C28">
         <v>511331</v>
       </c>
       <c r="D28">
         <v>258193932</v>
       </c>
       <c r="E28" t="s">
         <v>57</v>
       </c>
       <c r="F28" t="s">
         <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69859668</v>
+        <v>70041441</v>
       </c>
       <c r="B29">
         <v>2.5819393251133E+14</v>
       </c>
       <c r="C29">
         <v>511331</v>
       </c>
       <c r="D29">
         <v>258193932</v>
       </c>
       <c r="E29" t="s">
         <v>57</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>