--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1291,132 +1291,132 @@
       </c>
       <c r="C25">
         <v>511331</v>
       </c>
       <c r="D25">
         <v>258193932</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70041438</v>
+        <v>70652201</v>
       </c>
       <c r="B26">
         <v>2.5819393251133E+14</v>
       </c>
       <c r="C26">
         <v>511331</v>
       </c>
       <c r="D26">
         <v>258193932</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70041439</v>
+        <v>70652202</v>
       </c>
       <c r="B27">
         <v>2.5819393251133E+14</v>
       </c>
       <c r="C27">
         <v>511331</v>
       </c>
       <c r="D27">
         <v>258193932</v>
       </c>
       <c r="E27" t="s">
         <v>57</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70041440</v>
+        <v>70652203</v>
       </c>
       <c r="B28">
         <v>2.5819393251133E+14</v>
       </c>
       <c r="C28">
         <v>511331</v>
       </c>
       <c r="D28">
         <v>258193932</v>
       </c>
       <c r="E28" t="s">
         <v>57</v>
       </c>
       <c r="F28" t="s">
         <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70041441</v>
+        <v>70652204</v>
       </c>
       <c r="B29">
         <v>2.5819393251133E+14</v>
       </c>
       <c r="C29">
         <v>511331</v>
       </c>
       <c r="D29">
         <v>258193932</v>
       </c>
       <c r="E29" t="s">
         <v>57</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>