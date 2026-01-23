--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -1176,51 +1176,51 @@
       </c>
       <c r="C20">
         <v>500054</v>
       </c>
       <c r="D20">
         <v>258524746</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69873606</v>
+        <v>70772600</v>
       </c>
       <c r="B21">
         <v>2.5852474650005E+14</v>
       </c>
       <c r="C21">
         <v>500054</v>
       </c>
       <c r="D21">
         <v>258524746</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1435,105 +1435,105 @@
       </c>
       <c r="C29">
         <v>500054</v>
       </c>
       <c r="D29">
         <v>258524746</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>42</v>
       </c>
       <c r="G29" t="s">
         <v>69</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69873608</v>
+        <v>70772602</v>
       </c>
       <c r="B30">
         <v>2.5852474650005E+14</v>
       </c>
       <c r="C30">
         <v>500054</v>
       </c>
       <c r="D30">
         <v>258524746</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>70</v>
       </c>
       <c r="G30" t="s">
         <v>71</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69873609</v>
+        <v>70772604</v>
       </c>
       <c r="B31">
         <v>2.5852474650005E+14</v>
       </c>
       <c r="C31">
         <v>500054</v>
       </c>
       <c r="D31">
         <v>258524746</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
       </c>
       <c r="F31" t="s">
         <v>72</v>
       </c>
       <c r="G31" t="s">
         <v>73</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69873607</v>
+        <v>70772601</v>
       </c>
       <c r="B32">
         <v>2.5852474650005E+14</v>
       </c>
       <c r="C32">
         <v>500054</v>
       </c>
       <c r="D32">
         <v>258524746</v>
       </c>
       <c r="E32" t="s">
         <v>52</v>
       </c>
       <c r="F32" t="s">
         <v>74</v>
       </c>
       <c r="G32" t="s">
         <v>75</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>