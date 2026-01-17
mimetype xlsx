--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1652,51 +1652,51 @@
       </c>
       <c r="C36">
         <v>499757</v>
       </c>
       <c r="D36">
         <v>259394642</v>
       </c>
       <c r="E36" t="s">
         <v>17</v>
       </c>
       <c r="F36" t="s">
         <v>64</v>
       </c>
       <c r="G36" t="s">
         <v>66</v>
       </c>
       <c r="H36" t="s">
         <v>12</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>70286295</v>
+        <v>70741109</v>
       </c>
       <c r="B37">
         <v>2.5939464249976E+14</v>
       </c>
       <c r="C37">
         <v>499757</v>
       </c>
       <c r="D37">
         <v>259394642</v>
       </c>
       <c r="E37" t="s">
         <v>67</v>
       </c>
       <c r="F37" t="s">
         <v>68</v>
       </c>
       <c r="G37" t="s">
         <v>69</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="38" spans="1:9">
@@ -1766,105 +1766,105 @@
       </c>
       <c r="C40">
         <v>499757</v>
       </c>
       <c r="D40">
         <v>259394642</v>
       </c>
       <c r="E40" t="s">
         <v>17</v>
       </c>
       <c r="F40" t="s">
         <v>33</v>
       </c>
       <c r="G40" t="s">
         <v>73</v>
       </c>
       <c r="H40" t="s">
         <v>12</v>
       </c>
       <c r="I40" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>70286297</v>
+        <v>70741111</v>
       </c>
       <c r="B41">
         <v>2.5939464249976E+14</v>
       </c>
       <c r="C41">
         <v>499757</v>
       </c>
       <c r="D41">
         <v>259394642</v>
       </c>
       <c r="E41" t="s">
         <v>67</v>
       </c>
       <c r="F41" t="s">
         <v>74</v>
       </c>
       <c r="G41" t="s">
         <v>75</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>70286296</v>
+        <v>70741110</v>
       </c>
       <c r="B42">
         <v>2.5939464249976E+14</v>
       </c>
       <c r="C42">
         <v>499757</v>
       </c>
       <c r="D42">
         <v>259394642</v>
       </c>
       <c r="E42" t="s">
         <v>67</v>
       </c>
       <c r="F42" t="s">
         <v>76</v>
       </c>
       <c r="G42" t="s">
         <v>77</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>70286298</v>
+        <v>70741112</v>
       </c>
       <c r="B43">
         <v>2.5939464249976E+14</v>
       </c>
       <c r="C43">
         <v>499757</v>
       </c>
       <c r="D43">
         <v>259394642</v>
       </c>
       <c r="E43" t="s">
         <v>67</v>
       </c>
       <c r="F43" t="s">
         <v>78</v>
       </c>
       <c r="G43" t="s">
         <v>79</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>