--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -951,51 +951,51 @@
       </c>
       <c r="C14">
         <v>498608</v>
       </c>
       <c r="D14">
         <v>259425442</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>35</v>
       </c>
       <c r="G14" t="s">
         <v>36</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70286390</v>
+        <v>70541999</v>
       </c>
       <c r="B15">
         <v>2.5942544249861E+14</v>
       </c>
       <c r="C15">
         <v>498608</v>
       </c>
       <c r="D15">
         <v>259425442</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1181,105 +1181,105 @@
       </c>
       <c r="C22">
         <v>498608</v>
       </c>
       <c r="D22">
         <v>259425442</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286392</v>
+        <v>70542001</v>
       </c>
       <c r="B23">
         <v>2.5942544249861E+14</v>
       </c>
       <c r="C23">
         <v>498608</v>
       </c>
       <c r="D23">
         <v>259425442</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286393</v>
+        <v>70542002</v>
       </c>
       <c r="B24">
         <v>2.5942544249861E+14</v>
       </c>
       <c r="C24">
         <v>498608</v>
       </c>
       <c r="D24">
         <v>259425442</v>
       </c>
       <c r="E24" t="s">
         <v>37</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>56</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70286391</v>
+        <v>70542000</v>
       </c>
       <c r="B25">
         <v>2.5942544249861E+14</v>
       </c>
       <c r="C25">
         <v>498608</v>
       </c>
       <c r="D25">
         <v>259425442</v>
       </c>
       <c r="E25" t="s">
         <v>37</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>