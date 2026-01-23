--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -909,51 +909,51 @@
       </c>
       <c r="C11">
         <v>497922</v>
       </c>
       <c r="D11">
         <v>259498946</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69873989</v>
+        <v>70772615</v>
       </c>
       <c r="B12">
         <v>2.5949894649792E+14</v>
       </c>
       <c r="C12">
         <v>497922</v>
       </c>
       <c r="D12">
         <v>259498946</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1429,105 +1429,105 @@
       </c>
       <c r="C29">
         <v>497922</v>
       </c>
       <c r="D29">
         <v>259498946</v>
       </c>
       <c r="E29" t="s">
         <v>14</v>
       </c>
       <c r="F29" t="s">
         <v>44</v>
       </c>
       <c r="G29" t="s">
         <v>67</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69873990</v>
+        <v>70772618</v>
       </c>
       <c r="B30">
         <v>2.5949894649792E+14</v>
       </c>
       <c r="C30">
         <v>497922</v>
       </c>
       <c r="D30">
         <v>259498946</v>
       </c>
       <c r="E30" t="s">
         <v>33</v>
       </c>
       <c r="F30" t="s">
         <v>68</v>
       </c>
       <c r="G30" t="s">
         <v>69</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69873991</v>
+        <v>70772624</v>
       </c>
       <c r="B31">
         <v>2.5949894649792E+14</v>
       </c>
       <c r="C31">
         <v>497922</v>
       </c>
       <c r="D31">
         <v>259498946</v>
       </c>
       <c r="E31" t="s">
         <v>33</v>
       </c>
       <c r="F31" t="s">
         <v>70</v>
       </c>
       <c r="G31" t="s">
         <v>71</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69873992</v>
+        <v>70772625</v>
       </c>
       <c r="B32">
         <v>2.5949894649792E+14</v>
       </c>
       <c r="C32">
         <v>497922</v>
       </c>
       <c r="D32">
         <v>259498946</v>
       </c>
       <c r="E32" t="s">
         <v>33</v>
       </c>
       <c r="F32" t="s">
         <v>72</v>
       </c>
       <c r="G32" t="s">
         <v>73</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>