--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1303,51 +1303,51 @@
       </c>
       <c r="C25">
         <v>501631</v>
       </c>
       <c r="D25">
         <v>259953746</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69872135</v>
+        <v>70330132</v>
       </c>
       <c r="B26">
         <v>2.5995374650163E+14</v>
       </c>
       <c r="C26">
         <v>501631</v>
       </c>
       <c r="D26">
         <v>259953746</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1388,105 +1388,105 @@
       </c>
       <c r="C28">
         <v>501631</v>
       </c>
       <c r="D28">
         <v>259953746</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>55</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69872137</v>
+        <v>70330134</v>
       </c>
       <c r="B29">
         <v>2.5995374650163E+14</v>
       </c>
       <c r="C29">
         <v>501631</v>
       </c>
       <c r="D29">
         <v>259953746</v>
       </c>
       <c r="E29" t="s">
         <v>59</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69872136</v>
+        <v>70330133</v>
       </c>
       <c r="B30">
         <v>2.5995374650163E+14</v>
       </c>
       <c r="C30">
         <v>501631</v>
       </c>
       <c r="D30">
         <v>259953746</v>
       </c>
       <c r="E30" t="s">
         <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>66</v>
       </c>
       <c r="G30" t="s">
         <v>67</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69872138</v>
+        <v>70330135</v>
       </c>
       <c r="B31">
         <v>2.5995374650163E+14</v>
       </c>
       <c r="C31">
         <v>501631</v>
       </c>
       <c r="D31">
         <v>259953746</v>
       </c>
       <c r="E31" t="s">
         <v>59</v>
       </c>
       <c r="F31" t="s">
         <v>68</v>
       </c>
       <c r="G31" t="s">
         <v>69</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>