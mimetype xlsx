--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1303,51 +1303,51 @@
       </c>
       <c r="C25">
         <v>501631</v>
       </c>
       <c r="D25">
         <v>259953746</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330132</v>
+        <v>70772099</v>
       </c>
       <c r="B26">
         <v>2.5995374650163E+14</v>
       </c>
       <c r="C26">
         <v>501631</v>
       </c>
       <c r="D26">
         <v>259953746</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1388,105 +1388,105 @@
       </c>
       <c r="C28">
         <v>501631</v>
       </c>
       <c r="D28">
         <v>259953746</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>55</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330134</v>
+        <v>70772101</v>
       </c>
       <c r="B29">
         <v>2.5995374650163E+14</v>
       </c>
       <c r="C29">
         <v>501631</v>
       </c>
       <c r="D29">
         <v>259953746</v>
       </c>
       <c r="E29" t="s">
         <v>59</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70330133</v>
+        <v>70772100</v>
       </c>
       <c r="B30">
         <v>2.5995374650163E+14</v>
       </c>
       <c r="C30">
         <v>501631</v>
       </c>
       <c r="D30">
         <v>259953746</v>
       </c>
       <c r="E30" t="s">
         <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>66</v>
       </c>
       <c r="G30" t="s">
         <v>67</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70330135</v>
+        <v>70772102</v>
       </c>
       <c r="B31">
         <v>2.5995374650163E+14</v>
       </c>
       <c r="C31">
         <v>501631</v>
       </c>
       <c r="D31">
         <v>259953746</v>
       </c>
       <c r="E31" t="s">
         <v>59</v>
       </c>
       <c r="F31" t="s">
         <v>68</v>
       </c>
       <c r="G31" t="s">
         <v>69</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>