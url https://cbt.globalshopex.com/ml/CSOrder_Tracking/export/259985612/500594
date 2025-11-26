--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -714,132 +714,132 @@
       </c>
       <c r="C8">
         <v>500594</v>
       </c>
       <c r="D8">
         <v>259985612</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69857562</v>
+        <v>70257131</v>
       </c>
       <c r="B9">
         <v>2.5998561250059E+14</v>
       </c>
       <c r="C9">
         <v>500594</v>
       </c>
       <c r="D9">
         <v>259985612</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69857564</v>
+        <v>70257133</v>
       </c>
       <c r="B10">
         <v>2.5998561250059E+14</v>
       </c>
       <c r="C10">
         <v>500594</v>
       </c>
       <c r="D10">
         <v>259985612</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
         <v>33</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69857565</v>
+        <v>70257134</v>
       </c>
       <c r="B11">
         <v>2.5998561250059E+14</v>
       </c>
       <c r="C11">
         <v>500594</v>
       </c>
       <c r="D11">
         <v>259985612</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69857563</v>
+        <v>70257132</v>
       </c>
       <c r="B12">
         <v>2.5998561250059E+14</v>
       </c>
       <c r="C12">
         <v>500594</v>
       </c>
       <c r="D12">
         <v>259985612</v>
       </c>
       <c r="E12" t="s">
         <v>29</v>
       </c>
       <c r="F12" t="s">
         <v>36</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>