--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -714,132 +714,132 @@
       </c>
       <c r="C8">
         <v>500594</v>
       </c>
       <c r="D8">
         <v>259985612</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70257131</v>
+        <v>70603740</v>
       </c>
       <c r="B9">
         <v>2.5998561250059E+14</v>
       </c>
       <c r="C9">
         <v>500594</v>
       </c>
       <c r="D9">
         <v>259985612</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70257133</v>
+        <v>70603759</v>
       </c>
       <c r="B10">
         <v>2.5998561250059E+14</v>
       </c>
       <c r="C10">
         <v>500594</v>
       </c>
       <c r="D10">
         <v>259985612</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
         <v>33</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70257134</v>
+        <v>70603760</v>
       </c>
       <c r="B11">
         <v>2.5998561250059E+14</v>
       </c>
       <c r="C11">
         <v>500594</v>
       </c>
       <c r="D11">
         <v>259985612</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70257132</v>
+        <v>70603741</v>
       </c>
       <c r="B12">
         <v>2.5998561250059E+14</v>
       </c>
       <c r="C12">
         <v>500594</v>
       </c>
       <c r="D12">
         <v>259985612</v>
       </c>
       <c r="E12" t="s">
         <v>29</v>
       </c>
       <c r="F12" t="s">
         <v>36</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>