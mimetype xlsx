--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1082,51 +1082,51 @@
       </c>
       <c r="C18">
         <v>498669</v>
       </c>
       <c r="D18">
         <v>261815442</v>
       </c>
       <c r="E18" t="s">
         <v>21</v>
       </c>
       <c r="F18" t="s">
         <v>36</v>
       </c>
       <c r="G18" t="s">
         <v>42</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70286394</v>
+        <v>70542011</v>
       </c>
       <c r="B19">
         <v>2.6181544249867E+14</v>
       </c>
       <c r="C19">
         <v>498669</v>
       </c>
       <c r="D19">
         <v>261815442</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19" t="s">
         <v>44</v>
       </c>
       <c r="G19" t="s">
         <v>45</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:9">
@@ -1283,105 +1283,105 @@
       </c>
       <c r="C25">
         <v>498669</v>
       </c>
       <c r="D25">
         <v>261815442</v>
       </c>
       <c r="E25" t="s">
         <v>21</v>
       </c>
       <c r="F25" t="s">
         <v>36</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286396</v>
+        <v>70542013</v>
       </c>
       <c r="B26">
         <v>2.6181544249867E+14</v>
       </c>
       <c r="C26">
         <v>498669</v>
       </c>
       <c r="D26">
         <v>261815442</v>
       </c>
       <c r="E26" t="s">
         <v>43</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286395</v>
+        <v>70542012</v>
       </c>
       <c r="B27">
         <v>2.6181544249867E+14</v>
       </c>
       <c r="C27">
         <v>498669</v>
       </c>
       <c r="D27">
         <v>261815442</v>
       </c>
       <c r="E27" t="s">
         <v>43</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70286397</v>
+        <v>70542014</v>
       </c>
       <c r="B28">
         <v>2.6181544249867E+14</v>
       </c>
       <c r="C28">
         <v>498669</v>
       </c>
       <c r="D28">
         <v>261815442</v>
       </c>
       <c r="E28" t="s">
         <v>43</v>
       </c>
       <c r="F28" t="s">
         <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>